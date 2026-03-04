--- v0 (2026-01-15)
+++ v1 (2026-03-04)
@@ -1,67 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
-    <workbookView xWindow="60" yWindow="-45" windowWidth="15600" windowHeight="11970" tabRatio="862" activeTab="0"/>
+    <workbookView xWindow="14295" yWindow="0" windowWidth="14610" windowHeight="15585" tabRatio="862" activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Partneři PAP" sheetId="2" r:id="rId2"/>
+    <sheet name="Identifikátor partnera" sheetId="2" r:id="rId2"/>
     <sheet name="Zahrnutí kódů teritorií" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Partneři PAP'!$A$1:$D$473</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Identifikátor partnera'!$A$1:$D$467</definedName>
     <definedName name="Print_Titles_MI">#REF!</definedName>
   </definedNames>
   <calcPr fullCalcOnLoad="1"/>
+  <extLst/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2059" uniqueCount="1363">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2052" uniqueCount="1356">
   <si>
     <t>ORG</t>
   </si>
   <si>
     <t>1C</t>
   </si>
   <si>
     <t>IMF (International Monetary Fund)</t>
   </si>
   <si>
     <t>1D</t>
   </si>
   <si>
     <t>WTO (World Trade Organisation)</t>
   </si>
   <si>
     <t>1E</t>
   </si>
   <si>
     <t>IBRD (International Bank for Reconstruction and Development)</t>
   </si>
   <si>
     <t>1F</t>
   </si>
   <si>
@@ -2678,53 +2679,50 @@
     <t>SX</t>
   </si>
   <si>
     <t>Sint Maarten</t>
   </si>
   <si>
     <t>Bonaire, Sint Eustatius and Saba</t>
   </si>
   <si>
     <t>BQ</t>
   </si>
   <si>
     <t>Curaçao</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Jižní Súdán</t>
   </si>
   <si>
     <t>South Sudan</t>
   </si>
   <si>
     <t>SS</t>
-  </si>
-[...1 lines deleted...]
-    <t>Nerezidenti</t>
   </si>
   <si>
     <t>4S</t>
   </si>
   <si>
     <t>Evropský stabilizační mechanismus</t>
   </si>
   <si>
     <t>ESM (European Stability Mechanism)</t>
   </si>
   <si>
     <t>CODE</t>
   </si>
   <si>
     <r>
       <t>Zahrnuje</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve"> - pro dané území použijte kód ve sloupci CODE</t>
     </r>
@@ -3397,77 +3395,50 @@
   </si>
   <si>
     <t>US Minor Outlying Islands</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Zahrnuje </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="238"/>
       </rPr>
       <t>Baker, Howland, and Jarvis Islands, Johnston Atoll, Kingman Reef, Midway Islands, Palmyra Atoll, Wake Island</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> TF</t>
   </si>
   <si>
     <t xml:space="preserve"> Příloha k číselníku nerezidentů - zahrnutí/nezahrnutí kódů teritorií</t>
   </si>
   <si>
-    <t>Číselník Partneři PAP</t>
-[...25 lines deleted...]
-  <si>
     <t xml:space="preserve">ICSID (International Centre for Settlement of Investment Disputes) </t>
   </si>
   <si>
     <t>ICSID (International Centre for Settlement of Investment Disputes)</t>
   </si>
   <si>
     <t>1G</t>
   </si>
   <si>
     <t>UNECE (United Nations Economic Commission for Europe)</t>
   </si>
   <si>
     <t>1U1</t>
   </si>
   <si>
     <t xml:space="preserve">UNFCCC (United Nations Framework Convention for Climate Change) </t>
   </si>
   <si>
     <t>1U2</t>
   </si>
   <si>
     <t xml:space="preserve">Universal Postal Union </t>
   </si>
   <si>
     <t>1V</t>
@@ -4268,60 +4239,51 @@
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="238"/>
       </rPr>
       <t>Ross Dependency (Antartica)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Zahrnuje </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="238"/>
       </rPr>
       <t>Antipodes Islands, Auckland Islands, Bounty Islands, Campbell Island, Kermadec Islands, Chatham Islands and Snares Islands.</t>
     </r>
   </si>
   <si>
-    <t>Rezident – neidentifikovatelný partner</t>
-[...4 lines deleted...]
-  <si>
     <t>IČO</t>
-  </si>
-[...1 lines deleted...]
-    <t>Rezidenti bez IČO (Fyzické osoby)</t>
   </si>
   <si>
     <t>1U</t>
   </si>
   <si>
     <t>Ostatní organizace Spojených národů jinde neuvedené</t>
   </si>
   <si>
     <t>4J1</t>
   </si>
   <si>
     <t>4J2</t>
   </si>
   <si>
     <t>4J3</t>
   </si>
   <si>
     <t>4J4</t>
   </si>
   <si>
     <t>4J5</t>
   </si>
   <si>
     <t>4J6</t>
   </si>
@@ -4700,63 +4662,85 @@
   </si>
   <si>
     <r>
       <t xml:space="preserve">International Olive </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color indexed="55"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve">Council </t>
     </r>
   </si>
   <si>
     <t>EUROATOM Supply Agency</t>
   </si>
   <si>
     <t>European Peace Facility</t>
   </si>
   <si>
     <t>Evropská státní zastupitelství</t>
   </si>
+  <si>
+    <t>Partner</t>
+  </si>
+  <si>
+    <t>Tuzemská nepodnikající fyzická osoba (rezident bez IČO)</t>
+  </si>
+  <si>
+    <t>Tuzemská osoba a organizační složka státu (rezident s IČO)</t>
+  </si>
+  <si>
+    <t>níže uvedený kód</t>
+  </si>
+  <si>
+    <t>Číselník identifikátorů partnera FIN 2-12 M pro rok 2026</t>
+  </si>
+  <si>
+    <t>Zahraniční osoba a mezinárodní organizace (nerezident)</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <numFmts count="5">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="9">
+    <numFmt numFmtId="42" formatCode="_-* #,##0\ &quot;Kč&quot;_-;\-* #,##0\ &quot;Kč&quot;_-;_-* &quot;-&quot;\ &quot;Kč&quot;_-;_-@_-"/>
+    <numFmt numFmtId="41" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
+    <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;Kč&quot;_-;\-* #,##0.00\ &quot;Kč&quot;_-;_-* &quot;-&quot;??\ &quot;Kč&quot;_-;_-@_-"/>
+    <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0\ &quot;FB&quot;_-;\-* #,##0\ &quot;FB&quot;_-;_-* &quot;-&quot;\ &quot;FB&quot;_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0\ _F_B_-;\-* #,##0\ _F_B_-;_-* &quot;-&quot;\ _F_B_-;_-@_-"/>
     <numFmt numFmtId="166" formatCode="_-* #,##0.00\ &quot;FB&quot;_-;\-* #,##0.00\ &quot;FB&quot;_-;_-* &quot;-&quot;??\ &quot;FB&quot;_-;_-@_-"/>
     <numFmt numFmtId="167" formatCode="_-* #,##0.00\ _F_B_-;\-* #,##0.00\ _F_B_-;_-* &quot;-&quot;??\ _F_B_-;_-@_-"/>
     <numFmt numFmtId="168" formatCode="General_)"/>
   </numFmts>
-  <fonts count="33">
+  <fonts count="35">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Tms Rmn"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
@@ -4808,58 +4792,50 @@
       <family val="1"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="8"/>
-      <name val="Times New Roman"/>
-[...6 lines deleted...]
-      <color indexed="55"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="9"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="9"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
@@ -4948,127 +4924,149 @@
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFA7D00"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF3F3F3F"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FF7F7F7F"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color indexed="8"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color indexed="55"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
   </fonts>
   <fills count="35">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="4" tint="0.799889981746674"/>
+        <fgColor theme="4" tint="0.799860000610352"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="5" tint="0.799889981746674"/>
+        <fgColor theme="5" tint="0.799860000610352"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="6" tint="0.799889981746674"/>
+        <fgColor theme="6" tint="0.799860000610352"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="7" tint="0.799889981746674"/>
+        <fgColor theme="7" tint="0.799860000610352"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="8" tint="0.799889981746674"/>
+        <fgColor theme="8" tint="0.799860000610352"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="9" tint="0.799889981746674"/>
+        <fgColor theme="9" tint="0.799860000610352"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="4" tint="0.599900007247925"/>
+        <fgColor theme="4" tint="0.599870026111603"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="5" tint="0.599900007247925"/>
+        <fgColor theme="5" tint="0.599870026111603"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="6" tint="0.599900007247925"/>
+        <fgColor theme="6" tint="0.599870026111603"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="7" tint="0.599900007247925"/>
+        <fgColor theme="7" tint="0.599870026111603"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="8" tint="0.599900007247925"/>
+        <fgColor theme="8" tint="0.599870026111603"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="9" tint="0.599900007247925"/>
+        <fgColor theme="9" tint="0.599870026111603"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.399980008602142"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.399980008602142"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.399980008602142"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.399980008602142"/>
         <bgColor indexed="64"/>
@@ -5155,96 +5153,96 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="70">
+  <borders count="67">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="double">
         <color theme="4"/>
       </bottom>
     </border>
     <border>
       <left style="double">
         <color rgb="FF3F3F3F"/>
       </left>
       <right style="double">
         <color rgb="FF3F3F3F"/>
       </right>
       <top style="double">
         <color rgb="FF3F3F3F"/>
       </top>
       <bottom style="double">
         <color rgb="FF3F3F3F"/>
       </bottom>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4"/>
       </bottom>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
-        <color theme="4" tint="0.499889999628067"/>
+        <color theme="4" tint="0.499859988689423"/>
       </bottom>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color theme="4" tint="0.399980008602142"/>
       </bottom>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFB2B2B2"/>
       </left>
       <right style="thin">
         <color rgb="FFB2B2B2"/>
       </right>
       <top style="thin">
         <color rgb="FFB2B2B2"/>
       </top>
       <bottom style="thin">
         <color rgb="FFB2B2B2"/>
       </bottom>
     </border>
     <border>
@@ -5260,50 +5258,78 @@
         <color rgb="FF7F7F7F"/>
       </left>
       <right style="thin">
         <color rgb="FF7F7F7F"/>
       </right>
       <top style="thin">
         <color rgb="FF7F7F7F"/>
       </top>
       <bottom style="thin">
         <color rgb="FF7F7F7F"/>
       </bottom>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF3F3F3F"/>
       </left>
       <right style="thin">
         <color rgb="FF3F3F3F"/>
       </right>
       <top style="thin">
         <color rgb="FF3F3F3F"/>
       </top>
       <bottom style="thin">
         <color rgb="FF3F3F3F"/>
       </bottom>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom/>
     </border>
     <border>
       <left style="hair">
         <color indexed="55"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="hair">
         <color indexed="55"/>
       </bottom>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="hair">
         <color indexed="55"/>
       </right>
       <top style="hair">
         <color indexed="55"/>
       </top>
       <bottom style="hair">
         <color indexed="55"/>
@@ -5342,129 +5368,75 @@
         <color indexed="55"/>
       </left>
       <right style="hair">
         <color indexed="55"/>
       </right>
       <top style="hair">
         <color indexed="55"/>
       </top>
       <bottom style="hair">
         <color indexed="55"/>
       </bottom>
     </border>
     <border>
       <left style="hair">
         <color indexed="55"/>
       </left>
       <right style="hair">
         <color indexed="55"/>
       </right>
       <top/>
       <bottom style="hair">
         <color indexed="55"/>
       </bottom>
     </border>
     <border>
-      <left style="thin">
-[...38 lines deleted...]
-    <border>
       <left/>
       <right/>
       <top/>
       <bottom style="hair">
         <color auto="1"/>
       </bottom>
     </border>
     <border>
       <left/>
       <right style="hair">
         <color indexed="55"/>
       </right>
       <top/>
       <bottom style="hair">
         <color auto="1"/>
       </bottom>
     </border>
     <border>
       <left style="hair">
         <color indexed="55"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
-      <bottom style="hair">
-[...12 lines deleted...]
-      </top>
       <bottom style="hair">
         <color auto="1"/>
       </bottom>
     </border>
     <border>
       <left/>
       <right style="hair">
         <color indexed="55"/>
       </right>
       <top/>
       <bottom style="hair">
         <color indexed="55"/>
       </bottom>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="hair">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="hair">
         <color indexed="55"/>
       </bottom>
@@ -5553,263 +5525,291 @@
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
-      <right/>
-[...46 lines deleted...]
-      </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="22"/>
       </bottom>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color indexed="22"/>
       </top>
       <bottom/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
-        <color theme="0" tint="-0.149930000305176"/>
+        <color theme="0" tint="-0.149900004267693"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="hair">
         <color indexed="55"/>
       </right>
       <top style="hair">
-        <color theme="0" tint="-0.249880000948906"/>
+        <color theme="0" tint="-0.249850004911423"/>
       </top>
       <bottom style="hair">
-        <color theme="0" tint="-0.249880000948906"/>
+        <color theme="0" tint="-0.249850004911423"/>
       </bottom>
     </border>
     <border>
       <left style="hair">
         <color indexed="55"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="hair">
-        <color theme="0" tint="-0.249880000948906"/>
+        <color theme="0" tint="-0.249850004911423"/>
       </top>
       <bottom style="hair">
-        <color theme="0" tint="-0.249880000948906"/>
+        <color theme="0" tint="-0.249850004911423"/>
       </bottom>
     </border>
     <border>
       <left style="hair">
         <color indexed="55"/>
       </left>
       <right style="hair">
         <color indexed="55"/>
       </right>
       <top style="hair">
-        <color theme="0" tint="-0.249880000948906"/>
+        <color theme="0" tint="-0.249850004911423"/>
       </top>
       <bottom style="hair">
-        <color theme="0" tint="-0.249880000948906"/>
+        <color theme="0" tint="-0.249850004911423"/>
       </bottom>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="hair">
-        <color theme="0" tint="-0.249880000948906"/>
+        <color theme="0" tint="-0.249850004911423"/>
       </top>
       <bottom style="hair">
-        <color theme="0" tint="-0.249880000948906"/>
+        <color theme="0" tint="-0.249850004911423"/>
       </bottom>
     </border>
     <border>
       <left style="hair">
         <color indexed="55"/>
       </left>
       <right style="hair">
         <color indexed="55"/>
       </right>
       <top style="hair">
         <color indexed="55"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
     </border>
     <border>
       <left style="hair">
         <color indexed="55"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="hair">
         <color indexed="55"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
-      <right/>
-[...18 lines deleted...]
-      </left>
       <right style="hair">
         <color indexed="55"/>
       </right>
       <top/>
       <bottom/>
     </border>
     <border>
       <left style="hair">
         <color indexed="55"/>
       </left>
       <right style="hair">
         <color indexed="55"/>
       </right>
       <top/>
       <bottom/>
     </border>
     <border>
       <left style="hair">
         <color indexed="55"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="hair">
+        <color indexed="55"/>
+      </right>
+      <top style="hair">
+        <color theme="0" tint="-0.249909996986389"/>
+      </top>
+      <bottom style="hair">
+        <color theme="0" tint="-0.249909996986389"/>
+      </bottom>
+    </border>
+    <border>
+      <left style="hair">
+        <color indexed="55"/>
+      </left>
+      <right style="hair">
+        <color indexed="55"/>
+      </right>
+      <top style="hair">
+        <color theme="0" tint="-0.249909996986389"/>
+      </top>
+      <bottom style="hair">
+        <color theme="0" tint="-0.249909996986389"/>
+      </bottom>
+    </border>
+    <border>
+      <left style="hair">
+        <color indexed="55"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="hair">
+        <color theme="0" tint="-0.249909996986389"/>
+      </top>
+      <bottom style="hair">
+        <color theme="0" tint="-0.249909996986389"/>
+      </bottom>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="hair">
+        <color theme="0" tint="-0.249909996986389"/>
+      </top>
+      <bottom style="hair">
+        <color theme="0" tint="-0.249909996986389"/>
+      </bottom>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top style="double">
         <color auto="1"/>
       </top>
       <bottom style="hair">
         <color indexed="55"/>
       </bottom>
     </border>
     <border>
       <left/>
       <right/>
       <top style="double">
         <color auto="1"/>
       </top>
       <bottom style="hair">
         <color indexed="55"/>
       </bottom>
     </border>
     <border>
       <left/>
@@ -5836,651 +5836,590 @@
       </bottom>
     </border>
     <border>
       <left/>
       <right/>
       <top style="hair">
         <color indexed="55"/>
       </top>
       <bottom style="hair">
         <color indexed="55"/>
       </bottom>
     </border>
     <border>
       <left/>
       <right style="hair">
         <color indexed="55"/>
       </right>
       <top style="hair">
         <color indexed="55"/>
       </top>
       <bottom style="hair">
         <color indexed="55"/>
       </bottom>
     </border>
     <border>
+      <left style="hair">
+        <color indexed="55"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="hair">
+        <color indexed="55"/>
+      </top>
+      <bottom/>
+    </border>
+    <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top style="hair">
         <color auto="1"/>
       </top>
       <bottom style="hair">
         <color auto="1"/>
       </bottom>
     </border>
     <border>
       <left/>
       <right/>
       <top style="hair">
         <color auto="1"/>
       </top>
       <bottom style="hair">
         <color auto="1"/>
       </bottom>
     </border>
     <border>
       <left/>
       <right style="hair">
         <color indexed="55"/>
       </right>
       <top style="hair">
         <color auto="1"/>
       </top>
       <bottom style="hair">
         <color auto="1"/>
       </bottom>
     </border>
     <border>
-      <left/>
-[...1 lines deleted...]
-      <top style="thin">
+      <left style="hair">
+        <color indexed="55"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="hair">
         <color auto="1"/>
       </top>
-      <bottom/>
+      <bottom style="hair">
+        <color auto="1"/>
+      </bottom>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
-      <bottom style="thin">
+      <bottom style="double">
         <color auto="1"/>
       </bottom>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
-      <bottom style="thin">
+      <bottom style="double">
         <color auto="1"/>
       </bottom>
     </border>
     <border>
       <left/>
-      <right/>
-[...8 lines deleted...]
-        <color auto="1"/>
+      <right style="hair">
+        <color indexed="55"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
-      <bottom style="thin">
+      <bottom style="double">
         <color auto="1"/>
-      </bottom>
-[...26 lines deleted...]
-        <color theme="0" tint="-0.249939993023872"/>
       </bottom>
     </border>
     <border>
       <left style="hair">
         <color indexed="55"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
-      <top style="hair">
-        <color theme="0" tint="-0.249939993023872"/>
+      <top style="thin">
+        <color auto="1"/>
       </top>
-      <bottom style="hair">
-[...5 lines deleted...]
-      <right style="thin">
+      <bottom style="double">
         <color auto="1"/>
-      </right>
-[...4 lines deleted...]
-        <color theme="0" tint="-0.249939993023872"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="68">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment/>
       <protection/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="42" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="41" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="20" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...19 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="21" borderId="2" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="19" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="19" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="19" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="19" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="19" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="19" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="19" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="19" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="20" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="21" borderId="2" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="167" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="5" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="4" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="5" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="26" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="25" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="168" fontId="1" fillId="0" borderId="0">
       <alignment/>
       <protection/>
     </xf>
     <xf numFmtId="168" fontId="1" fillId="0" borderId="0">
       <alignment/>
       <protection/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="23" borderId="6" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="7" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="7" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="27" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="20" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="28" fillId="25" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="29" fillId="26" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="30" fillId="26" borderId="9" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="123">
+  <cellXfs count="116">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="33" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="33" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="33" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="33" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="33" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="33" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment/>
+    <xf numFmtId="0" fontId="3" fillId="33" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="33" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="33" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="33" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="33" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="33" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="33" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="33" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="33" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="33" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="33" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="33" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="33" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="33" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="4" fillId="33" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="33" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="33" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="33" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="33" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="33" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="33" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="33" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="33" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="34" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="33" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="33" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="33" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="34" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="168" fontId="13" fillId="0" borderId="28" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="168" fontId="13" fillId="0" borderId="30" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="168" fontId="2" fillId="0" borderId="25" xfId="52" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="13" fillId="0" borderId="25" xfId="52" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection/>
+    </xf>
+    <xf numFmtId="168" fontId="2" fillId="0" borderId="30" xfId="52" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection/>
+    </xf>
+    <xf numFmtId="168" fontId="13" fillId="0" borderId="29" xfId="52" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="168" fontId="2" fillId="0" borderId="31" xfId="52" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection/>
+    </xf>
+    <xf numFmtId="168" fontId="2" fillId="0" borderId="26" xfId="52" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection/>
+    </xf>
+    <xf numFmtId="168" fontId="13" fillId="0" borderId="31" xfId="52" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="13" fillId="0" borderId="33" xfId="52" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="168" fontId="2" fillId="0" borderId="27" xfId="52" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="2" fillId="0" borderId="12" xfId="52" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection/>
     </xf>
-    <xf numFmtId="168" fontId="13" fillId="0" borderId="27" xfId="52" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="13" fillId="0" borderId="10" xfId="52" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection/>
     </xf>
-    <xf numFmtId="168" fontId="2" fillId="0" borderId="32" xfId="52" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-      <protection/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="168" fontId="13" fillId="0" borderId="31" xfId="52" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-      <protection/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="168" fontId="2" fillId="0" borderId="33" xfId="52" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-      <protection/>
     </xf>
-    <xf numFmtId="168" fontId="2" fillId="0" borderId="28" xfId="52" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-      <protection/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="168" fontId="13" fillId="0" borderId="33" xfId="52" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="33" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...137 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="168" fontId="10" fillId="0" borderId="0" xfId="51" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection/>
     </xf>
     <xf numFmtId="168" fontId="11" fillId="0" borderId="0" xfId="51" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="168" fontId="10" fillId="0" borderId="64" xfId="51" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="168" fontId="10" fillId="0" borderId="50" xfId="51" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection/>
     </xf>
-    <xf numFmtId="168" fontId="11" fillId="0" borderId="64" xfId="51" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="168" fontId="11" fillId="0" borderId="50" xfId="51" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="14" fillId="0" borderId="58" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="33" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="33" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="33" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="14" fillId="33" borderId="62" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="33" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="33" fillId="33" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="33" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="33" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="34" fillId="33" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="54">
     <cellStyle name="Normal" xfId="0"/>
     <cellStyle name="Percent" xfId="15"/>
     <cellStyle name="Currency" xfId="16"/>
     <cellStyle name="Currency [0]" xfId="17"/>
     <cellStyle name="Comma" xfId="18"/>
     <cellStyle name="Comma [0]" xfId="19"/>
     <cellStyle name="20 % – Zvýraznění1" xfId="20"/>
     <cellStyle name="20 % – Zvýraznění2" xfId="21"/>
     <cellStyle name="20 % – Zvýraznění3" xfId="22"/>
     <cellStyle name="20 % – Zvýraznění4" xfId="23"/>
     <cellStyle name="20 % – Zvýraznění5" xfId="24"/>
     <cellStyle name="20 % – Zvýraznění6" xfId="25"/>
     <cellStyle name="40 % – Zvýraznění1" xfId="26"/>
     <cellStyle name="40 % – Zvýraznění2" xfId="27"/>
     <cellStyle name="40 % – Zvýraznění3" xfId="28"/>
     <cellStyle name="40 % – Zvýraznění4" xfId="29"/>
     <cellStyle name="40 % – Zvýraznění5" xfId="30"/>
     <cellStyle name="40 % – Zvýraznění6" xfId="31"/>
     <cellStyle name="60 % – Zvýraznění1" xfId="32"/>
     <cellStyle name="60 % – Zvýraznění2" xfId="33"/>
     <cellStyle name="60 % – Zvýraznění3" xfId="34"/>
     <cellStyle name="60 % – Zvýraznění4" xfId="35"/>
@@ -6584,316 +6523,316 @@
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
-      <xdr:row>471</xdr:row>
+      <xdr:row>465</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
-      <xdr:row>472</xdr:row>
+      <xdr:row>466</xdr:row>
       <xdr:rowOff>152400</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2261" name="Text Box 2"/>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="3390900" y="84458175"/>
+          <a:off x="3390900" y="83581875"/>
           <a:ext cx="76200" cy="200025"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
-      <xdr:row>473</xdr:row>
+      <xdr:row>467</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
-      <xdr:row>474</xdr:row>
+      <xdr:row>468</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2262" name="Text Box 3"/>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="3390900" y="84667725"/>
+          <a:off x="3390900" y="83791425"/>
           <a:ext cx="76200" cy="200025"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
-      <xdr:row>472</xdr:row>
+      <xdr:row>466</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
-      <xdr:row>473</xdr:row>
+      <xdr:row>467</xdr:row>
       <xdr:rowOff>152400</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2263" name="Text Box 5"/>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="3390900" y="84620100"/>
+          <a:off x="3390900" y="83743800"/>
           <a:ext cx="76200" cy="200025"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Kancelář">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Kancelář">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Kancelář">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -7028,8966 +6967,8917 @@
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D717"/>
+  <dimension ref="A1:D711"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleSheetLayoutView="100" workbookViewId="0" topLeftCell="A1">
-      <selection pane="topLeft" activeCell="B16" sqref="B16"/>
+      <selection pane="topLeft" activeCell="A1" sqref="A1:D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="41.8571428571429" style="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="16384" width="9.14285714285714" style="1"/>
+    <col min="1" max="1" width="41.8571428571429" style="4" customWidth="1"/>
+    <col min="2" max="2" width="48.7142857142857" style="11" customWidth="1"/>
+    <col min="3" max="3" width="6" style="15" customWidth="1"/>
+    <col min="4" max="4" width="19" style="4" customWidth="1"/>
+    <col min="5" max="16384" width="9.14285714285714" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="12.75">
-      <c r="A1" s="93" t="s">
+    <row r="1" spans="1:4" ht="20.25">
+      <c r="A1" s="115" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B1" s="115"/>
+      <c r="C1" s="115"/>
+      <c r="D1" s="115"/>
+    </row>
+    <row r="2" spans="1:4" ht="16.5" thickBot="1">
+      <c r="A2" s="111" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B2" s="112"/>
+      <c r="C2" s="113"/>
+      <c r="D2" s="114" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" ht="15" thickTop="1">
+      <c r="A3" s="99" t="s">
+        <v>1352</v>
+      </c>
+      <c r="B3" s="100"/>
+      <c r="C3" s="101"/>
+      <c r="D3" s="102" t="s">
+        <v>1253</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" ht="14.25">
+      <c r="A4" s="103" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B4" s="104"/>
+      <c r="C4" s="105"/>
+      <c r="D4" s="106" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" ht="14.25">
+      <c r="A5" s="107" t="s">
+        <v>1355</v>
+      </c>
+      <c r="B5" s="108"/>
+      <c r="C5" s="109"/>
+      <c r="D5" s="110" t="s">
+        <v>1353</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" ht="12.75">
+      <c r="A6" s="25"/>
+      <c r="B6" s="20" t="s">
+        <v>876</v>
+      </c>
+      <c r="C6" s="21"/>
+      <c r="D6" s="22"/>
+    </row>
+    <row r="7" spans="1:4" ht="12.75">
+      <c r="A7" s="24" t="s">
+        <v>800</v>
+      </c>
+      <c r="B7" s="23" t="s">
+        <v>2</v>
+      </c>
+      <c r="C7" s="16" t="s">
+        <v>0</v>
+      </c>
+      <c r="D7" s="6" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" ht="12.75">
+      <c r="A8" s="7" t="s">
+        <v>801</v>
+      </c>
+      <c r="B8" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="C8" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D8" s="8" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" ht="25.5">
+      <c r="A9" s="7" t="s">
+        <v>860</v>
+      </c>
+      <c r="B9" s="12" t="s">
+        <v>6</v>
+      </c>
+      <c r="C9" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D9" s="8" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" ht="12.75">
+      <c r="A10" s="7" t="s">
+        <v>802</v>
+      </c>
+      <c r="B10" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="C10" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D10" s="8" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" ht="25.5">
+      <c r="A11" s="63" t="s">
+        <v>979</v>
+      </c>
+      <c r="B11" s="65" t="s">
+        <v>980</v>
+      </c>
+      <c r="C11" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D11" s="64" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" ht="25.5">
+      <c r="A12" s="7" t="s">
+        <v>803</v>
+      </c>
+      <c r="B12" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="C12" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D12" s="8" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" ht="12.75">
+      <c r="A13" s="7" t="s">
+        <v>804</v>
+      </c>
+      <c r="B13" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="C13" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D13" s="8" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" ht="12.75">
+      <c r="A14" s="7" t="s">
+        <v>805</v>
+      </c>
+      <c r="B14" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="C14" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D14" s="8" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" ht="12.75">
+      <c r="A15" s="7" t="s">
+        <v>806</v>
+      </c>
+      <c r="B15" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="C15" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D15" s="8" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" ht="12.75">
+      <c r="A16" s="7" t="s">
+        <v>807</v>
+      </c>
+      <c r="B16" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="C16" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D16" s="8" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" ht="12.75">
+      <c r="A17" s="7" t="s">
+        <v>808</v>
+      </c>
+      <c r="B17" s="12" t="s">
+        <v>20</v>
+      </c>
+      <c r="C17" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D17" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" ht="12.75">
+      <c r="A18" s="7" t="s">
+        <v>809</v>
+      </c>
+      <c r="B18" s="12" t="s">
+        <v>22</v>
+      </c>
+      <c r="C18" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D18" s="8" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" ht="25.5">
+      <c r="A19" s="7" t="s">
+        <v>810</v>
+      </c>
+      <c r="B19" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="C19" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D19" s="8" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" ht="25.5">
+      <c r="A20" s="7" t="s">
+        <v>811</v>
+      </c>
+      <c r="B20" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="C20" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D20" s="8" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" ht="12.75">
+      <c r="A21" s="7" t="s">
+        <v>812</v>
+      </c>
+      <c r="B21" s="12" t="s">
+        <v>28</v>
+      </c>
+      <c r="C21" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D21" s="8" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" ht="12.75">
+      <c r="A22" s="7" t="s">
+        <v>813</v>
+      </c>
+      <c r="B22" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="C22" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D22" s="8" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" ht="12.75">
+      <c r="A23" s="7" t="s">
+        <v>814</v>
+      </c>
+      <c r="B23" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C23" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D23" s="8" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" ht="25.5">
+      <c r="A24" s="26" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B24" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="C24" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D24" s="29" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" ht="25.5">
+      <c r="A25" s="63" t="s">
         <v>982</v>
       </c>
-      <c r="B1" s="94"/>
-[...19 lines deleted...]
-      <c r="A4" s="95" t="s">
+      <c r="B25" s="65" t="s">
+        <v>982</v>
+      </c>
+      <c r="C25" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D25" s="64" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" ht="25.5">
+      <c r="A26" s="63" t="s">
+        <v>984</v>
+      </c>
+      <c r="B26" s="65" t="s">
+        <v>984</v>
+      </c>
+      <c r="C26" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D26" s="64" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" ht="12.75">
+      <c r="A27" s="63" t="s">
+        <v>986</v>
+      </c>
+      <c r="B27" s="65" t="s">
+        <v>986</v>
+      </c>
+      <c r="C27" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D27" s="64" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" ht="12.75">
+      <c r="A28" s="77" t="s">
+        <v>1316</v>
+      </c>
+      <c r="B28" s="78" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C28" s="79" t="s">
+        <v>0</v>
+      </c>
+      <c r="D28" s="80" t="s">
+        <v>1318</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" ht="12.75">
+      <c r="A29" s="77" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B29" s="78" t="s">
+        <v>1321</v>
+      </c>
+      <c r="C29" s="79" t="s">
+        <v>0</v>
+      </c>
+      <c r="D29" s="80" t="s">
+        <v>1320</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" ht="12.75">
+      <c r="A30" s="7" t="s">
+        <v>815</v>
+      </c>
+      <c r="B30" s="12" t="s">
+        <v>35</v>
+      </c>
+      <c r="C30" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D30" s="8" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" ht="12.75">
+      <c r="A31" s="7" t="s">
+        <v>816</v>
+      </c>
+      <c r="B31" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="C31" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D31" s="8" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" ht="12.75">
+      <c r="A32" s="7" t="s">
+        <v>861</v>
+      </c>
+      <c r="B32" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="C32" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D32" s="8" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" ht="12.75">
+      <c r="A33" s="7" t="s">
+        <v>817</v>
+      </c>
+      <c r="B33" s="12" t="s">
+        <v>41</v>
+      </c>
+      <c r="C33" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D33" s="8" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" ht="12.75">
+      <c r="A34" s="7" t="s">
+        <v>818</v>
+      </c>
+      <c r="B34" s="12" t="s">
+        <v>43</v>
+      </c>
+      <c r="C34" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D34" s="8" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" ht="12.75">
+      <c r="A35" s="7" t="s">
+        <v>819</v>
+      </c>
+      <c r="B35" s="12" t="s">
+        <v>45</v>
+      </c>
+      <c r="C35" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D35" s="8" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" ht="12.75">
+      <c r="A36" s="7" t="s">
+        <v>820</v>
+      </c>
+      <c r="B36" s="12" t="s">
+        <v>47</v>
+      </c>
+      <c r="C36" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D36" s="8" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" ht="12.75">
+      <c r="A37" s="7" t="s">
+        <v>821</v>
+      </c>
+      <c r="B37" s="12" t="s">
+        <v>49</v>
+      </c>
+      <c r="C37" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D37" s="8" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" ht="12.75">
+      <c r="A38" s="7" t="s">
+        <v>822</v>
+      </c>
+      <c r="B38" s="12" t="s">
+        <v>52</v>
+      </c>
+      <c r="C38" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D38" s="29" t="s">
+        <v>1256</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" ht="12.75">
+      <c r="A39" s="26" t="s">
+        <v>1263</v>
+      </c>
+      <c r="B39" s="12" t="s">
+        <v>53</v>
+      </c>
+      <c r="C39" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D39" s="29" t="s">
+        <v>1257</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" ht="12.75">
+      <c r="A40" s="7" t="s">
+        <v>824</v>
+      </c>
+      <c r="B40" s="12" t="s">
+        <v>55</v>
+      </c>
+      <c r="C40" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D40" s="29" t="s">
+        <v>1258</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" ht="12.75">
+      <c r="A41" s="7" t="s">
+        <v>825</v>
+      </c>
+      <c r="B41" s="12" t="s">
+        <v>56</v>
+      </c>
+      <c r="C41" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D41" s="29" t="s">
+        <v>1259</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" ht="12.75">
+      <c r="A42" s="7" t="s">
+        <v>823</v>
+      </c>
+      <c r="B42" s="12" t="s">
+        <v>57</v>
+      </c>
+      <c r="C42" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D42" s="29" t="s">
+        <v>1260</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" ht="12.75">
+      <c r="A43" s="7" t="s">
+        <v>826</v>
+      </c>
+      <c r="B43" s="12" t="s">
+        <v>58</v>
+      </c>
+      <c r="C43" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D43" s="29" t="s">
+        <v>1261</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" ht="12.75">
+      <c r="A44" s="7" t="s">
+        <v>827</v>
+      </c>
+      <c r="B44" s="12" t="s">
+        <v>59</v>
+      </c>
+      <c r="C44" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D44" s="29" t="s">
+        <v>1262</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" ht="25.5">
+      <c r="A45" s="26" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B45" s="27" t="s">
+        <v>1325</v>
+      </c>
+      <c r="C45" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D45" s="29" t="s">
         <v>1264</v>
       </c>
-      <c r="B4" s="96"/>
-[...1 lines deleted...]
-      <c r="D4" s="71" t="s">
+    </row>
+    <row r="46" spans="1:4" ht="25.5">
+      <c r="A46" s="63" t="s">
+        <v>988</v>
+      </c>
+      <c r="B46" s="65" t="s">
+        <v>989</v>
+      </c>
+      <c r="C46" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D46" s="67" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" ht="12.75">
+      <c r="A47" s="68" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B47" s="65" t="s">
+        <v>991</v>
+      </c>
+      <c r="C47" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D47" s="67" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" ht="25.5">
+      <c r="A48" s="63" t="s">
+        <v>993</v>
+      </c>
+      <c r="B48" s="65" t="s">
+        <v>994</v>
+      </c>
+      <c r="C48" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D48" s="67" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" ht="12.75">
+      <c r="A49" s="63" t="s">
+        <v>996</v>
+      </c>
+      <c r="B49" s="65" t="s">
+        <v>997</v>
+      </c>
+      <c r="C49" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D49" s="67" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" ht="12.75">
+      <c r="A50" s="63" t="s">
+        <v>999</v>
+      </c>
+      <c r="B50" s="65" t="s">
+        <v>999</v>
+      </c>
+      <c r="C50" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D50" s="67" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4" ht="12.75">
+      <c r="A51" s="63" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B51" s="65" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C51" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D51" s="67" t="s">
+        <v>1003</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" ht="12.75">
+      <c r="A52" s="63" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B52" s="65" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C52" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D52" s="67" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" ht="12.75">
+      <c r="A53" s="63" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B53" s="65" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C53" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D53" s="67" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" ht="12.75">
+      <c r="A54" s="63" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B54" s="65" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C54" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D54" s="67" t="s">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" ht="12.75">
+      <c r="A55" s="63" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B55" s="65" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C55" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D55" s="67" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4" ht="25.5">
+      <c r="A56" s="63" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B56" s="65" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C56" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D56" s="67" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4" ht="25.5">
+      <c r="A57" s="63" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B57" s="65" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C57" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D57" s="67" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4" ht="12.75">
+      <c r="A58" s="63" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B58" s="65" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C58" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D58" s="67" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4" ht="12.75">
+      <c r="A59" s="63" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B59" s="65" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C59" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D59" s="67" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4" ht="12.75">
+      <c r="A60" s="63" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B60" s="65" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C60" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D60" s="67" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4" ht="12.75">
+      <c r="A61" s="63" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B61" s="65" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C61" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D61" s="67" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4" ht="12.75">
+      <c r="A62" s="63" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B62" s="65" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C62" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D62" s="67" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4" ht="25.5">
+      <c r="A63" s="63" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B63" s="65" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C63" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D63" s="67" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4" ht="12.75">
+      <c r="A64" s="63" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B64" s="65" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C64" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D64" s="67" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4" ht="12.75">
+      <c r="A65" s="63" t="s">
+        <v>1042</v>
+      </c>
+      <c r="B65" s="65" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C65" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D65" s="67" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4" ht="12.75">
+      <c r="A66" s="63" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B66" s="65" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C66" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D66" s="67" t="s">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4" ht="25.5">
+      <c r="A67" s="63" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B67" s="65" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C67" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D67" s="67" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4" ht="12.75">
+      <c r="A68" s="63" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B68" s="65" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C68" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D68" s="67" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4" ht="12.75">
+      <c r="A69" s="63" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B69" s="65" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C69" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D69" s="67" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4" ht="12.75">
+      <c r="A70" s="63" t="s">
+        <v>1349</v>
+      </c>
+      <c r="B70" s="65" t="s">
+        <v>1327</v>
+      </c>
+      <c r="C70" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D70" s="67" t="s">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4" ht="12.75">
+      <c r="A71" s="63" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B71" s="65" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C71" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D71" s="67" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4" ht="12.75">
+      <c r="A72" s="63" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B72" s="65" t="s">
+        <v>1061</v>
+      </c>
+      <c r="C72" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D72" s="67" t="s">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4" ht="12.75">
+      <c r="A73" s="63" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B73" s="65" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C73" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D73" s="67" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4" ht="12.75">
+      <c r="A74" s="63" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B74" s="65" t="s">
+        <v>1067</v>
+      </c>
+      <c r="C74" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D74" s="67" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4" ht="12.75">
+      <c r="A75" s="63" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B75" s="65" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C75" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D75" s="67" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4" ht="12.75">
+      <c r="A76" s="63" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B76" s="65" t="s">
+        <v>1073</v>
+      </c>
+      <c r="C76" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D76" s="67" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4" ht="12.75">
+      <c r="A77" s="63" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B77" s="65" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C77" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D77" s="67" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4" ht="12.75">
+      <c r="A78" s="63" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B78" s="65" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C78" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D78" s="67" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4" ht="12.75">
+      <c r="A79" s="63" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B79" s="65" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C79" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D79" s="67" t="s">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4" ht="25.5">
+      <c r="A80" s="63" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B80" s="65" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C80" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D80" s="67" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4" ht="12.75">
+      <c r="A81" s="63" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B81" s="65" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C81" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D81" s="67" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4" ht="12.75">
+      <c r="A82" s="63" t="s">
+        <v>1348</v>
+      </c>
+      <c r="B82" s="65" t="s">
+        <v>1348</v>
+      </c>
+      <c r="C82" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D82" s="67" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4" ht="25.5">
+      <c r="A83" s="63" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B83" s="65" t="s">
+        <v>1091</v>
+      </c>
+      <c r="C83" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D83" s="67" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="84" spans="1:4" ht="38.25">
+      <c r="A84" s="63" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B84" s="65" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C84" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D84" s="67" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="85" spans="1:4" ht="38.25">
+      <c r="A85" s="63" t="s">
+        <v>1096</v>
+      </c>
+      <c r="B85" s="65" t="s">
+        <v>1097</v>
+      </c>
+      <c r="C85" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D85" s="67" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4" ht="12.75">
+      <c r="A86" s="63" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B86" s="65" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C86" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D86" s="67" t="s">
+        <v>1101</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4" ht="12.75">
+      <c r="A87" s="63" t="s">
+        <v>1102</v>
+      </c>
+      <c r="B87" s="65" t="s">
+        <v>1103</v>
+      </c>
+      <c r="C87" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D87" s="67" t="s">
+        <v>1104</v>
+      </c>
+    </row>
+    <row r="88" spans="1:4" ht="25.5">
+      <c r="A88" s="83" t="s">
+        <v>1329</v>
+      </c>
+      <c r="B88" s="86" t="s">
+        <v>1329</v>
+      </c>
+      <c r="C88" s="84" t="s">
+        <v>0</v>
+      </c>
+      <c r="D88" s="87" t="s">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4" ht="12.75">
+      <c r="A89" s="63" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B89" s="65" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C89" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D89" s="67" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="90" spans="1:4" ht="12.75">
+      <c r="A90" s="26" t="s">
+        <v>828</v>
+      </c>
+      <c r="B90" s="27" t="s">
+        <v>61</v>
+      </c>
+      <c r="C90" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D90" s="29" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="91" spans="1:4" ht="12.75">
+      <c r="A91" s="56" t="s">
+        <v>888</v>
+      </c>
+      <c r="B91" s="57" t="s">
+        <v>889</v>
+      </c>
+      <c r="C91" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D91" s="29" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="92" spans="1:4" ht="12.75">
+      <c r="A92" s="69" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B92" s="70" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C92" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D92" s="64" t="s">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="93" spans="1:4" ht="12.75">
+      <c r="A93" s="69" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B93" s="70" t="s">
+        <v>1111</v>
+      </c>
+      <c r="C93" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D93" s="64" t="s">
+        <v>1112</v>
+      </c>
+    </row>
+    <row r="94" spans="1:4" ht="25.5">
+      <c r="A94" s="69" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B94" s="70" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C94" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D94" s="64" t="s">
+        <v>1115</v>
+      </c>
+    </row>
+    <row r="95" spans="1:4" ht="12.75">
+      <c r="A95" s="69" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B95" s="70" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C95" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D95" s="64" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="96" spans="1:4" ht="12.75">
+      <c r="A96" s="81" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B96" s="82" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C96" s="79" t="s">
+        <v>0</v>
+      </c>
+      <c r="D96" s="80" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4" ht="12.75">
+      <c r="A97" s="81" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B97" s="82" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C97" s="79" t="s">
+        <v>0</v>
+      </c>
+      <c r="D97" s="80" t="s">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="98" spans="1:4" ht="25.5">
+      <c r="A98" s="7" t="s">
+        <v>829</v>
+      </c>
+      <c r="B98" s="12" t="s">
+        <v>51</v>
+      </c>
+      <c r="C98" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D98" s="8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="99" spans="1:4" ht="12.75">
+      <c r="A99" s="63" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B99" s="65" t="s">
+        <v>1117</v>
+      </c>
+      <c r="C99" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D99" s="64" t="s">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="100" spans="1:4" ht="12.75">
+      <c r="A100" s="63" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B100" s="65" t="s">
+        <v>1121</v>
+      </c>
+      <c r="C100" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D100" s="64" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="101" spans="1:4" ht="12.75">
+      <c r="A101" s="7" t="s">
+        <v>863</v>
+      </c>
+      <c r="B101" s="12" t="s">
+        <v>64</v>
+      </c>
+      <c r="C101" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D101" s="8" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="102" spans="1:4" ht="12.75">
+      <c r="A102" s="26" t="s">
+        <v>830</v>
+      </c>
+      <c r="B102" s="27" t="s">
+        <v>66</v>
+      </c>
+      <c r="C102" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D102" s="29" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="103" spans="1:4" ht="12.75">
+      <c r="A103" s="26" t="s">
+        <v>831</v>
+      </c>
+      <c r="B103" s="27" t="s">
+        <v>68</v>
+      </c>
+      <c r="C103" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D103" s="29" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="104" spans="1:4" ht="12.75">
+      <c r="A104" s="26" t="s">
+        <v>832</v>
+      </c>
+      <c r="B104" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="C104" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D104" s="29" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="105" spans="1:4" ht="12.75">
+      <c r="A105" s="26" t="s">
+        <v>833</v>
+      </c>
+      <c r="B105" s="27" t="s">
+        <v>72</v>
+      </c>
+      <c r="C105" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D105" s="29" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="106" spans="1:4" ht="12.75">
+      <c r="A106" s="26" t="s">
+        <v>834</v>
+      </c>
+      <c r="B106" s="27" t="s">
+        <v>74</v>
+      </c>
+      <c r="C106" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D106" s="29" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="107" spans="1:4" ht="12.75">
+      <c r="A107" s="26" t="s">
+        <v>835</v>
+      </c>
+      <c r="B107" s="27" t="s">
+        <v>76</v>
+      </c>
+      <c r="C107" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D107" s="29" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="108" spans="1:4" ht="12.75">
+      <c r="A108" s="26" t="s">
+        <v>864</v>
+      </c>
+      <c r="B108" s="27" t="s">
+        <v>78</v>
+      </c>
+      <c r="C108" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D108" s="29" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="109" spans="1:4" ht="25.5">
+      <c r="A109" s="26" t="s">
+        <v>836</v>
+      </c>
+      <c r="B109" s="27" t="s">
+        <v>80</v>
+      </c>
+      <c r="C109" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D109" s="29" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="110" spans="1:4" ht="12.75">
+      <c r="A110" s="26" t="s">
+        <v>837</v>
+      </c>
+      <c r="B110" s="27" t="s">
+        <v>82</v>
+      </c>
+      <c r="C110" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D110" s="29" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="111" spans="1:4" ht="12.75">
+      <c r="A111" s="26" t="s">
+        <v>838</v>
+      </c>
+      <c r="B111" s="27" t="s">
+        <v>84</v>
+      </c>
+      <c r="C111" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D111" s="29" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="112" spans="1:4" ht="12.75">
+      <c r="A112" s="26" t="s">
+        <v>839</v>
+      </c>
+      <c r="B112" s="27" t="s">
+        <v>86</v>
+      </c>
+      <c r="C112" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D112" s="29" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="113" spans="1:4" ht="25.5">
+      <c r="A113" s="26" t="s">
+        <v>840</v>
+      </c>
+      <c r="B113" s="27" t="s">
+        <v>88</v>
+      </c>
+      <c r="C113" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D113" s="29" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="114" spans="1:4" ht="25.5">
+      <c r="A114" s="26" t="s">
+        <v>841</v>
+      </c>
+      <c r="B114" s="27" t="s">
+        <v>90</v>
+      </c>
+      <c r="C114" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D114" s="29" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="115" spans="1:4" ht="12.75">
+      <c r="A115" s="26" t="s">
+        <v>842</v>
+      </c>
+      <c r="B115" s="27" t="s">
+        <v>92</v>
+      </c>
+      <c r="C115" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D115" s="29" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="116" spans="1:4" ht="12.75">
+      <c r="A116" s="26" t="s">
+        <v>843</v>
+      </c>
+      <c r="B116" s="27" t="s">
+        <v>94</v>
+      </c>
+      <c r="C116" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D116" s="29" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="117" spans="1:4" ht="12.75">
+      <c r="A117" s="26" t="s">
+        <v>844</v>
+      </c>
+      <c r="B117" s="27" t="s">
+        <v>96</v>
+      </c>
+      <c r="C117" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D117" s="29" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="118" spans="1:4" ht="12.75">
+      <c r="A118" s="26" t="s">
+        <v>845</v>
+      </c>
+      <c r="B118" s="27" t="s">
+        <v>98</v>
+      </c>
+      <c r="C118" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D118" s="29" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="119" spans="1:4" ht="25.5">
+      <c r="A119" s="26" t="s">
+        <v>846</v>
+      </c>
+      <c r="B119" s="27" t="s">
+        <v>100</v>
+      </c>
+      <c r="C119" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D119" s="29" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="120" spans="1:4" ht="25.5">
+      <c r="A120" s="26" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B120" s="27" t="s">
         <v>1265</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="98" t="s">
+      <c r="C120" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D120" s="29" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="121" spans="1:4" ht="12.75">
+      <c r="A121" s="26" t="s">
+        <v>847</v>
+      </c>
+      <c r="B121" s="27" t="s">
+        <v>103</v>
+      </c>
+      <c r="C121" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D121" s="29" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="122" spans="1:4" ht="12.75">
+      <c r="A122" s="63" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B122" s="65" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C122" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D122" s="64" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="123" spans="1:4" ht="25.5">
+      <c r="A123" s="26" t="s">
+        <v>865</v>
+      </c>
+      <c r="B123" s="27" t="s">
+        <v>106</v>
+      </c>
+      <c r="C123" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D123" s="29" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="124" spans="1:4" ht="12.75">
+      <c r="A124" s="63" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B124" s="65" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C124" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D124" s="64" t="s">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="125" spans="1:4" ht="12.75">
+      <c r="A125" s="63" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B125" s="65" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C125" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D125" s="64" t="s">
+        <v>1127</v>
+      </c>
+    </row>
+    <row r="126" spans="1:4" ht="12.75">
+      <c r="A126" s="63" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B126" s="65" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C126" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D126" s="64" t="s">
+        <v>1129</v>
+      </c>
+    </row>
+    <row r="127" spans="1:4" ht="12.75">
+      <c r="A127" s="63" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B127" s="65" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C127" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D127" s="64" t="s">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="128" spans="1:4" ht="12.75">
+      <c r="A128" s="63" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B128" s="65" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C128" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D128" s="64" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="129" spans="1:4" ht="12.75">
+      <c r="A129" s="63" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B129" s="65" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C129" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D129" s="64" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="130" spans="1:4" ht="12.75">
+      <c r="A130" s="63" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B130" s="65" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C130" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D130" s="64" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="131" spans="1:4" ht="12.75">
+      <c r="A131" s="63" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B131" s="65" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C131" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D131" s="64" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="132" spans="1:4" ht="12.75">
+      <c r="A132" s="63" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B132" s="65" t="s">
+        <v>1140</v>
+      </c>
+      <c r="C132" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D132" s="64" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="133" spans="1:4" ht="12.75">
+      <c r="A133" s="63" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B133" s="65" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C133" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D133" s="64" t="s">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="134" spans="1:4" ht="12.75">
+      <c r="A134" s="63" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B134" s="65" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C134" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D134" s="64" t="s">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="135" spans="1:4" ht="12.75">
+      <c r="A135" s="63" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B135" s="65" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C135" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D135" s="64" t="s">
+        <v>1147</v>
+      </c>
+    </row>
+    <row r="136" spans="1:4" ht="12.75">
+      <c r="A136" s="63" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B136" s="65" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C136" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D136" s="64" t="s">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="137" spans="1:4" ht="12.75">
+      <c r="A137" s="63" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B137" s="65" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C137" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D137" s="64" t="s">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="138" spans="1:4" ht="12.75">
+      <c r="A138" s="63" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B138" s="65" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C138" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D138" s="64" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="139" spans="1:4" ht="12.75">
+      <c r="A139" s="63" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B139" s="65" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C139" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D139" s="64" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="140" spans="1:4" ht="12.75">
+      <c r="A140" s="63" t="s">
+        <v>1155</v>
+      </c>
+      <c r="B140" s="65" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C140" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D140" s="64" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="141" spans="1:4" ht="12.75">
+      <c r="A141" s="63" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B141" s="65" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C141" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D141" s="64" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="142" spans="1:4" ht="12.75">
+      <c r="A142" s="63" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B142" s="65" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C142" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D142" s="64" t="s">
+        <v>1160</v>
+      </c>
+    </row>
+    <row r="143" spans="1:4" ht="12.75">
+      <c r="A143" s="63" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B143" s="65" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C143" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D143" s="64" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="144" spans="1:4" ht="12.75">
+      <c r="A144" s="63" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B144" s="65" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C144" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D144" s="64" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="145" spans="1:4" ht="12.75">
+      <c r="A145" s="63" t="s">
+        <v>1165</v>
+      </c>
+      <c r="B145" s="65" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C145" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D145" s="64" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="146" spans="1:4" ht="12.75">
+      <c r="A146" s="63" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B146" s="65" t="s">
+        <v>1167</v>
+      </c>
+      <c r="C146" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D146" s="64" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="147" spans="1:4" ht="12.75">
+      <c r="A147" s="63" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B147" s="65" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C147" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D147" s="64" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="148" spans="1:4" ht="12.75">
+      <c r="A148" s="63" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B148" s="65" t="s">
+        <v>1171</v>
+      </c>
+      <c r="C148" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D148" s="64" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="149" spans="1:4" ht="12.75">
+      <c r="A149" s="63" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B149" s="65" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C149" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D149" s="64" t="s">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="150" spans="1:4" ht="25.5">
+      <c r="A150" s="63" t="s">
+        <v>1175</v>
+      </c>
+      <c r="B150" s="65" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C150" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D150" s="64" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="151" spans="1:4" ht="12.75">
+      <c r="A151" s="63" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B151" s="65" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C151" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D151" s="64" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="152" spans="1:4" ht="12.75">
+      <c r="A152" s="63" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B152" s="65" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C152" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D152" s="64" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="153" spans="1:4" ht="12.75">
+      <c r="A153" s="63" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B153" s="65" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C153" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D153" s="64" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="154" spans="1:4" ht="12.75">
+      <c r="A154" s="63" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B154" s="65" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C154" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D154" s="64" t="s">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="155" spans="1:4" ht="12.75">
+      <c r="A155" s="63" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B155" s="65" t="s">
+        <v>1185</v>
+      </c>
+      <c r="C155" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D155" s="64" t="s">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="156" spans="1:4" ht="12.75">
+      <c r="A156" s="63" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B156" s="65" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C156" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D156" s="64" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="157" spans="1:4" ht="12.75">
+      <c r="A157" s="63" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B157" s="65" t="s">
+        <v>1189</v>
+      </c>
+      <c r="C157" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D157" s="64" t="s">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="158" spans="1:4" ht="12.75">
+      <c r="A158" s="63" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B158" s="65" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C158" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D158" s="64" t="s">
+        <v>1192</v>
+      </c>
+    </row>
+    <row r="159" spans="1:4" ht="12.75">
+      <c r="A159" s="63" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B159" s="65" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C159" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D159" s="64" t="s">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="160" spans="1:4" ht="12.75">
+      <c r="A160" s="63" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B160" s="65" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C160" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D160" s="64" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="161" spans="1:4" ht="12.75">
+      <c r="A161" s="63" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B161" s="65" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C161" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D161" s="64" t="s">
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="162" spans="1:4" ht="25.5">
+      <c r="A162" s="63" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B162" s="65" t="s">
+        <v>1199</v>
+      </c>
+      <c r="C162" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D162" s="64" t="s">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="163" spans="1:4" ht="25.5">
+      <c r="A163" s="63" t="s">
+        <v>1331</v>
+      </c>
+      <c r="B163" s="86" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C163" s="84" t="s">
+        <v>0</v>
+      </c>
+      <c r="D163" s="85" t="s">
+        <v>1332</v>
+      </c>
+    </row>
+    <row r="164" spans="1:4" ht="12.75">
+      <c r="A164" s="63" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B164" s="78" t="s">
+        <v>1333</v>
+      </c>
+      <c r="C164" s="84" t="s">
+        <v>0</v>
+      </c>
+      <c r="D164" s="85" t="s">
+        <v>1334</v>
+      </c>
+    </row>
+    <row r="165" spans="1:4" ht="12.75">
+      <c r="A165" s="63" t="s">
+        <v>1201</v>
+      </c>
+      <c r="B165" s="65" t="s">
+        <v>1201</v>
+      </c>
+      <c r="C165" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D165" s="64" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="166" spans="1:4" ht="12.75">
+      <c r="A166" s="63" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B166" s="65" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C166" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D166" s="64" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="167" spans="1:4" ht="12.75">
+      <c r="A167" s="63" t="s">
+        <v>1205</v>
+      </c>
+      <c r="B167" s="65" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C167" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D167" s="64" t="s">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="168" spans="1:4" ht="25.5">
+      <c r="A168" s="63" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B168" s="65" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C168" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D168" s="64" t="s">
+        <v>1209</v>
+      </c>
+    </row>
+    <row r="169" spans="1:4" ht="12.75">
+      <c r="A169" s="63" t="s">
+        <v>1210</v>
+      </c>
+      <c r="B169" s="65" t="s">
+        <v>1210</v>
+      </c>
+      <c r="C169" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D169" s="64" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="170" spans="1:4" ht="12.75">
+      <c r="A170" s="63" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B170" s="65" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C170" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D170" s="64" t="s">
+        <v>1213</v>
+      </c>
+    </row>
+    <row r="171" spans="1:4" ht="12.75">
+      <c r="A171" s="63" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B171" s="65" t="s">
+        <v>1214</v>
+      </c>
+      <c r="C171" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D171" s="64" t="s">
+        <v>1215</v>
+      </c>
+    </row>
+    <row r="172" spans="1:4" ht="12.75">
+      <c r="A172" s="63" t="s">
+        <v>1216</v>
+      </c>
+      <c r="B172" s="65" t="s">
+        <v>1216</v>
+      </c>
+      <c r="C172" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D172" s="64" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="173" spans="1:4" ht="12.75">
+      <c r="A173" s="63" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B173" s="65" t="s">
+        <v>1218</v>
+      </c>
+      <c r="C173" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D173" s="64" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="174" spans="1:4" ht="12.75">
+      <c r="A174" s="63" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B174" s="65" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C174" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D174" s="64" t="s">
+        <v>1221</v>
+      </c>
+    </row>
+    <row r="175" spans="1:4" ht="25.5">
+      <c r="A175" s="63" t="s">
+        <v>1222</v>
+      </c>
+      <c r="B175" s="65" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C175" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D175" s="64" t="s">
+        <v>1223</v>
+      </c>
+    </row>
+    <row r="176" spans="1:4" ht="12.75">
+      <c r="A176" s="63" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B176" s="65" t="s">
+        <v>1224</v>
+      </c>
+      <c r="C176" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D176" s="64" t="s">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="177" spans="1:4" ht="12.75">
+      <c r="A177" s="63" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B177" s="65" t="s">
+        <v>1226</v>
+      </c>
+      <c r="C177" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D177" s="64" t="s">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="178" spans="1:4" ht="12.75">
+      <c r="A178" s="63" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B178" s="65" t="s">
+        <v>1228</v>
+      </c>
+      <c r="C178" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D178" s="64" t="s">
+        <v>1229</v>
+      </c>
+    </row>
+    <row r="179" spans="1:4" ht="12.75">
+      <c r="A179" s="83" t="s">
+        <v>1335</v>
+      </c>
+      <c r="B179" s="78" t="s">
+        <v>1335</v>
+      </c>
+      <c r="C179" s="84" t="s">
+        <v>0</v>
+      </c>
+      <c r="D179" s="85" t="s">
+        <v>1336</v>
+      </c>
+    </row>
+    <row r="180" spans="1:4" ht="12.75">
+      <c r="A180" s="77" t="s">
+        <v>1337</v>
+      </c>
+      <c r="B180" s="78" t="s">
+        <v>1337</v>
+      </c>
+      <c r="C180" s="84" t="s">
+        <v>0</v>
+      </c>
+      <c r="D180" s="85" t="s">
+        <v>1338</v>
+      </c>
+    </row>
+    <row r="181" spans="1:4" ht="12.75">
+      <c r="A181" s="7" t="s">
+        <v>848</v>
+      </c>
+      <c r="B181" s="12" t="s">
+        <v>108</v>
+      </c>
+      <c r="C181" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D181" s="8" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="182" spans="1:4" ht="12.75">
+      <c r="A182" s="7" t="s">
+        <v>866</v>
+      </c>
+      <c r="B182" s="12" t="s">
+        <v>110</v>
+      </c>
+      <c r="C182" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D182" s="8" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="183" spans="1:4" ht="12.75">
+      <c r="A183" s="7" t="s">
+        <v>849</v>
+      </c>
+      <c r="B183" s="12" t="s">
+        <v>112</v>
+      </c>
+      <c r="C183" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D183" s="8" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="184" spans="1:4" ht="12.75">
+      <c r="A184" s="7" t="s">
+        <v>850</v>
+      </c>
+      <c r="B184" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="C184" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D184" s="8" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="185" spans="1:4" ht="12.75">
+      <c r="A185" s="7" t="s">
+        <v>851</v>
+      </c>
+      <c r="B185" s="12" t="s">
+        <v>116</v>
+      </c>
+      <c r="C185" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D185" s="8" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="186" spans="1:4" ht="15" customHeight="1">
+      <c r="A186" s="7" t="s">
+        <v>852</v>
+      </c>
+      <c r="B186" s="12" t="s">
+        <v>118</v>
+      </c>
+      <c r="C186" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D186" s="8" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="187" spans="1:4" ht="25.5">
+      <c r="A187" s="7" t="s">
+        <v>853</v>
+      </c>
+      <c r="B187" s="12" t="s">
+        <v>120</v>
+      </c>
+      <c r="C187" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D187" s="8" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="188" spans="1:4" ht="12.75">
+      <c r="A188" s="7" t="s">
+        <v>857</v>
+      </c>
+      <c r="B188" s="12" t="s">
+        <v>131</v>
+      </c>
+      <c r="C188" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D188" s="29" t="s">
+        <v>1269</v>
+      </c>
+    </row>
+    <row r="189" spans="1:4" ht="25.5">
+      <c r="A189" s="26" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B189" s="27" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C189" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D189" s="29" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="190" spans="1:4" ht="25.5">
+      <c r="A190" s="7" t="s">
+        <v>854</v>
+      </c>
+      <c r="B190" s="12" t="s">
+        <v>124</v>
+      </c>
+      <c r="C190" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D190" s="8" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="191" spans="1:4" ht="25.5">
+      <c r="A191" s="7" t="s">
+        <v>855</v>
+      </c>
+      <c r="B191" s="12" t="s">
+        <v>126</v>
+      </c>
+      <c r="C191" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D191" s="8" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="192" spans="1:4" ht="12.75">
+      <c r="A192" s="7" t="s">
+        <v>868</v>
+      </c>
+      <c r="B192" s="12" t="s">
+        <v>128</v>
+      </c>
+      <c r="C192" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D192" s="8" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="193" spans="1:4" ht="25.5">
+      <c r="A193" s="7" t="s">
+        <v>856</v>
+      </c>
+      <c r="B193" s="12" t="s">
+        <v>130</v>
+      </c>
+      <c r="C193" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D193" s="8" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="194" spans="1:4" ht="25.5">
+      <c r="A194" s="7" t="s">
+        <v>862</v>
+      </c>
+      <c r="B194" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="C194" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="D194" s="29" t="s">
         <v>1266</v>
       </c>
-      <c r="B5" s="99"/>
-[...41 lines deleted...]
-      <c r="D9" s="67">
+    </row>
+    <row r="195" spans="1:4" ht="12.75">
+      <c r="A195" s="26" t="s">
+        <v>858</v>
+      </c>
+      <c r="B195" s="27" t="s">
+        <v>133</v>
+      </c>
+      <c r="C195" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D195" s="29" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="196" spans="1:4" ht="12.75">
+      <c r="A196" s="26" t="s">
+        <v>869</v>
+      </c>
+      <c r="B196" s="27" t="s">
+        <v>135</v>
+      </c>
+      <c r="C196" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D196" s="29" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="197" spans="1:4" ht="12.75">
+      <c r="A197" s="26" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B197" s="27" t="s">
+        <v>1339</v>
+      </c>
+      <c r="C197" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D197" s="29" t="s">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="198" spans="1:4" ht="12.75">
+      <c r="A198" s="26" t="s">
+        <v>859</v>
+      </c>
+      <c r="B198" s="27" t="s">
+        <v>138</v>
+      </c>
+      <c r="C198" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D198" s="29" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="199" spans="1:4" ht="12.75">
+      <c r="A199" s="63" t="s">
+        <v>1230</v>
+      </c>
+      <c r="B199" s="65" t="s">
+        <v>1231</v>
+      </c>
+      <c r="C199" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D199" s="64" t="s">
+        <v>1232</v>
+      </c>
+    </row>
+    <row r="200" spans="1:4" ht="12.75">
+      <c r="A200" s="77" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B200" s="78" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C200" s="79" t="s">
+        <v>0</v>
+      </c>
+      <c r="D200" s="80" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="201" spans="1:4" ht="12.75">
+      <c r="A201" s="77" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B201" s="78" t="s">
+        <v>1341</v>
+      </c>
+      <c r="C201" s="79" t="s">
+        <v>0</v>
+      </c>
+      <c r="D201" s="80" t="s">
+        <v>1342</v>
+      </c>
+    </row>
+    <row r="202" spans="1:4" ht="25.5">
+      <c r="A202" s="26" t="s">
+        <v>867</v>
+      </c>
+      <c r="B202" s="27" t="s">
+        <v>121</v>
+      </c>
+      <c r="C202" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D202" s="29" t="s">
+        <v>1274</v>
+      </c>
+    </row>
+    <row r="203" spans="1:4" ht="12.75">
+      <c r="A203" s="26" t="s">
+        <v>873</v>
+      </c>
+      <c r="B203" s="27" t="s">
+        <v>1280</v>
+      </c>
+      <c r="C203" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D203" s="29" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="204" spans="1:4" ht="12.75">
+      <c r="A204" s="26" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B204" s="27" t="s">
+        <v>1343</v>
+      </c>
+      <c r="C204" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D204" s="29" t="s">
+        <v>1344</v>
+      </c>
+    </row>
+    <row r="205" spans="1:4" ht="12.75">
+      <c r="A205" s="26" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B205" s="27" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C205" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D205" s="29" t="s">
+        <v>1276</v>
+      </c>
+    </row>
+    <row r="206" spans="1:4" ht="12.75">
+      <c r="A206" s="26" t="s">
+        <v>136</v>
+      </c>
+      <c r="B206" s="27" t="s">
+        <v>136</v>
+      </c>
+      <c r="C206" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D206" s="29" t="s">
+        <v>1277</v>
+      </c>
+    </row>
+    <row r="207" spans="1:4" ht="12.75">
+      <c r="A207" s="26" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B207" s="27" t="s">
+        <v>1284</v>
+      </c>
+      <c r="C207" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D207" s="29" t="s">
+        <v>1278</v>
+      </c>
+    </row>
+    <row r="208" spans="1:4" ht="25.5">
+      <c r="A208" s="26" t="s">
+        <v>872</v>
+      </c>
+      <c r="B208" s="27" t="s">
+        <v>139</v>
+      </c>
+      <c r="C208" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="D208" s="29" t="s">
+        <v>1279</v>
+      </c>
+    </row>
+    <row r="209" spans="1:4" ht="12.75">
+      <c r="A209" s="63" t="s">
+        <v>1233</v>
+      </c>
+      <c r="B209" s="65" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C209" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D209" s="64" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="210" spans="1:4" ht="12.75">
+      <c r="A210" s="63" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B210" s="65" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C210" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D210" s="64" t="s">
+        <v>1236</v>
+      </c>
+    </row>
+    <row r="211" spans="1:4" ht="25.5">
+      <c r="A211" s="63" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B211" s="65" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C211" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D211" s="64" t="s">
+        <v>1238</v>
+      </c>
+    </row>
+    <row r="212" spans="1:4" ht="12.75">
+      <c r="A212" s="63" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B212" s="65" t="s">
+        <v>1239</v>
+      </c>
+      <c r="C212" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D212" s="64" t="s">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="213" spans="1:4" ht="25.5">
+      <c r="A213" s="63" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B213" s="65" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C213" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D213" s="64" t="s">
+        <v>1242</v>
+      </c>
+    </row>
+    <row r="214" spans="1:4" ht="25.5">
+      <c r="A214" s="63" t="s">
+        <v>1243</v>
+      </c>
+      <c r="B214" s="65" t="s">
+        <v>1243</v>
+      </c>
+      <c r="C214" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D214" s="64" t="s">
+        <v>1244</v>
+      </c>
+    </row>
+    <row r="215" spans="1:4" ht="25.5">
+      <c r="A215" s="63" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B215" s="65" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C215" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D215" s="64" t="s">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="216" spans="1:4" ht="25.5">
+      <c r="A216" s="63" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B216" s="65" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C216" s="66" t="s">
+        <v>0</v>
+      </c>
+      <c r="D216" s="64" t="s">
+        <v>1248</v>
+      </c>
+    </row>
+    <row r="217" spans="1:4" ht="12.75">
+      <c r="A217" s="26" t="s">
+        <v>618</v>
+      </c>
+      <c r="B217" s="27" t="s">
+        <v>141</v>
+      </c>
+      <c r="C217" s="28" t="s">
+        <v>142</v>
+      </c>
+      <c r="D217" s="29" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="218" spans="1:4" ht="12.75">
+      <c r="A218" s="26" t="s">
+        <v>619</v>
+      </c>
+      <c r="B218" s="27" t="s">
+        <v>144</v>
+      </c>
+      <c r="C218" s="28" t="s">
+        <v>142</v>
+      </c>
+      <c r="D218" s="29" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="219" spans="1:4" ht="12.75">
+      <c r="A219" s="7" t="s">
+        <v>620</v>
+      </c>
+      <c r="B219" s="12" t="s">
+        <v>146</v>
+      </c>
+      <c r="C219" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D219" s="8" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="220" spans="1:4" ht="12.75">
+      <c r="A220" s="7" t="s">
+        <v>621</v>
+      </c>
+      <c r="B220" s="12" t="s">
+        <v>148</v>
+      </c>
+      <c r="C220" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D220" s="8" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="221" spans="1:4" ht="12.75">
+      <c r="A221" s="7" t="s">
+        <v>150</v>
+      </c>
+      <c r="B221" s="12" t="s">
+        <v>150</v>
+      </c>
+      <c r="C221" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D221" s="8" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="222" spans="1:4" ht="12.75">
+      <c r="A222" s="7" t="s">
+        <v>622</v>
+      </c>
+      <c r="B222" s="12" t="s">
+        <v>152</v>
+      </c>
+      <c r="C222" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D222" s="8" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="223" spans="1:4" ht="12.75">
+      <c r="A223" s="7" t="s">
+        <v>623</v>
+      </c>
+      <c r="B223" s="12" t="s">
+        <v>154</v>
+      </c>
+      <c r="C223" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D223" s="8" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="224" spans="1:4" ht="12.75">
+      <c r="A224" s="7" t="s">
+        <v>156</v>
+      </c>
+      <c r="B224" s="12" t="s">
+        <v>156</v>
+      </c>
+      <c r="C224" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D224" s="8" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="225" spans="1:4" ht="12.75">
+      <c r="A225" s="7" t="s">
+        <v>624</v>
+      </c>
+      <c r="B225" s="12" t="s">
+        <v>158</v>
+      </c>
+      <c r="C225" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D225" s="8" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="226" spans="1:4" ht="12.75">
+      <c r="A226" s="7" t="s">
+        <v>160</v>
+      </c>
+      <c r="B226" s="12" t="s">
+        <v>160</v>
+      </c>
+      <c r="C226" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D226" s="8" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="227" spans="1:4" ht="12.75">
+      <c r="A227" s="7" t="s">
+        <v>625</v>
+      </c>
+      <c r="B227" s="12" t="s">
+        <v>162</v>
+      </c>
+      <c r="C227" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D227" s="8" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="228" spans="1:4" ht="12.75">
+      <c r="A228" s="7" t="s">
+        <v>626</v>
+      </c>
+      <c r="B228" s="12" t="s">
+        <v>164</v>
+      </c>
+      <c r="C228" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D228" s="8" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="229" spans="1:4" ht="12.75">
+      <c r="A229" s="7" t="s">
+        <v>627</v>
+      </c>
+      <c r="B229" s="12" t="s">
+        <v>166</v>
+      </c>
+      <c r="C229" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D229" s="8" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="230" spans="1:4" ht="12.75">
+      <c r="A230" s="7" t="s">
+        <v>168</v>
+      </c>
+      <c r="B230" s="12" t="s">
+        <v>168</v>
+      </c>
+      <c r="C230" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D230" s="8" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="231" spans="1:4" ht="12.75">
+      <c r="A231" s="7" t="s">
+        <v>628</v>
+      </c>
+      <c r="B231" s="12" t="s">
+        <v>170</v>
+      </c>
+      <c r="C231" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D231" s="8" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="232" spans="1:4" ht="12.75">
+      <c r="A232" s="7" t="s">
+        <v>629</v>
+      </c>
+      <c r="B232" s="12" t="s">
+        <v>172</v>
+      </c>
+      <c r="C232" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D232" s="8" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="233" spans="1:4" ht="12.75">
+      <c r="A233" s="7" t="s">
+        <v>630</v>
+      </c>
+      <c r="B233" s="12" t="s">
+        <v>174</v>
+      </c>
+      <c r="C233" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D233" s="8" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="234" spans="1:4" ht="12.75">
+      <c r="A234" s="7" t="s">
+        <v>176</v>
+      </c>
+      <c r="B234" s="12" t="s">
+        <v>176</v>
+      </c>
+      <c r="C234" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D234" s="8" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="235" spans="1:4" ht="12.75">
+      <c r="A235" s="7" t="s">
+        <v>631</v>
+      </c>
+      <c r="B235" s="12" t="s">
+        <v>178</v>
+      </c>
+      <c r="C235" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D235" s="8" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="236" spans="1:4" ht="12.75">
+      <c r="A236" s="7" t="s">
+        <v>632</v>
+      </c>
+      <c r="B236" s="12" t="s">
+        <v>180</v>
+      </c>
+      <c r="C236" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D236" s="8" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="237" spans="1:4" ht="12.75">
+      <c r="A237" s="7" t="s">
+        <v>182</v>
+      </c>
+      <c r="B237" s="12" t="s">
+        <v>182</v>
+      </c>
+      <c r="C237" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D237" s="8" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="238" spans="1:4" ht="12.75">
+      <c r="A238" s="7" t="s">
+        <v>633</v>
+      </c>
+      <c r="B238" s="12" t="s">
+        <v>184</v>
+      </c>
+      <c r="C238" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D238" s="8" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="239" spans="1:4" ht="12.75">
+      <c r="A239" s="7" t="s">
+        <v>634</v>
+      </c>
+      <c r="B239" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="C239" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D239" s="8" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="240" spans="1:4" ht="12.75">
+      <c r="A240" s="7" t="s">
+        <v>188</v>
+      </c>
+      <c r="B240" s="12" t="s">
+        <v>188</v>
+      </c>
+      <c r="C240" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D240" s="8" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="241" spans="1:4" ht="12.75">
+      <c r="A241" s="7" t="s">
+        <v>190</v>
+      </c>
+      <c r="B241" s="12" t="s">
+        <v>190</v>
+      </c>
+      <c r="C241" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D241" s="8" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="242" spans="1:4" ht="12.75">
+      <c r="A242" s="9" t="s">
+        <v>635</v>
+      </c>
+      <c r="B242" s="13" t="s">
+        <v>192</v>
+      </c>
+      <c r="C242" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D242" s="8" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="243" spans="1:4" ht="12.75">
+      <c r="A243" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="B243" s="12" t="s">
+        <v>194</v>
+      </c>
+      <c r="C243" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D243" s="8" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="244" spans="1:4" ht="12.75">
+      <c r="A244" s="7" t="s">
+        <v>637</v>
+      </c>
+      <c r="B244" s="12" t="s">
+        <v>196</v>
+      </c>
+      <c r="C244" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D244" s="8" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="245" spans="1:4" ht="12.75">
+      <c r="A245" s="7" t="s">
+        <v>638</v>
+      </c>
+      <c r="B245" s="12" t="s">
+        <v>198</v>
+      </c>
+      <c r="C245" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D245" s="8" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="246" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A246" s="26" t="s">
+        <v>880</v>
+      </c>
+      <c r="B246" s="27" t="s">
+        <v>880</v>
+      </c>
+      <c r="C246" s="28" t="s">
+        <v>142</v>
+      </c>
+      <c r="D246" s="29" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="247" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A247" s="7" t="s">
+        <v>639</v>
+      </c>
+      <c r="B247" s="12" t="s">
+        <v>200</v>
+      </c>
+      <c r="C247" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D247" s="8" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="248" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A248" s="7" t="s">
+        <v>640</v>
+      </c>
+      <c r="B248" s="12" t="s">
+        <v>202</v>
+      </c>
+      <c r="C248" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D248" s="8" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="249" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A249" s="7" t="s">
+        <v>641</v>
+      </c>
+      <c r="B249" s="12" t="s">
+        <v>204</v>
+      </c>
+      <c r="C249" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D249" s="8" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="250" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A250" s="7" t="s">
+        <v>642</v>
+      </c>
+      <c r="B250" s="12" t="s">
+        <v>206</v>
+      </c>
+      <c r="C250" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D250" s="8" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="251" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A251" s="7" t="s">
+        <v>208</v>
+      </c>
+      <c r="B251" s="12" t="s">
+        <v>208</v>
+      </c>
+      <c r="C251" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D251" s="8" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="252" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A252" s="7" t="s">
+        <v>643</v>
+      </c>
+      <c r="B252" s="12" t="s">
+        <v>210</v>
+      </c>
+      <c r="C252" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D252" s="8" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="253" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A253" s="7" t="s">
+        <v>212</v>
+      </c>
+      <c r="B253" s="12" t="s">
+        <v>212</v>
+      </c>
+      <c r="C253" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D253" s="8" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="254" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A254" s="7" t="s">
+        <v>644</v>
+      </c>
+      <c r="B254" s="12" t="s">
+        <v>214</v>
+      </c>
+      <c r="C254" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D254" s="8" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="255" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A255" s="7" t="s">
+        <v>645</v>
+      </c>
+      <c r="B255" s="12" t="s">
+        <v>216</v>
+      </c>
+      <c r="C255" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D255" s="8" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="256" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A256" s="7" t="s">
+        <v>646</v>
+      </c>
+      <c r="B256" s="12" t="s">
+        <v>218</v>
+      </c>
+      <c r="C256" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D256" s="8" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="257" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A257" s="7" t="s">
+        <v>647</v>
+      </c>
+      <c r="B257" s="12" t="s">
+        <v>220</v>
+      </c>
+      <c r="C257" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D257" s="8" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="258" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A258" s="7" t="s">
+        <v>648</v>
+      </c>
+      <c r="B258" s="12" t="s">
+        <v>222</v>
+      </c>
+      <c r="C258" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D258" s="8" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="259" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A259" s="7" t="s">
+        <v>649</v>
+      </c>
+      <c r="B259" s="12" t="s">
+        <v>224</v>
+      </c>
+      <c r="C259" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D259" s="8" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="260" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A260" s="7" t="s">
+        <v>650</v>
+      </c>
+      <c r="B260" s="12" t="s">
+        <v>226</v>
+      </c>
+      <c r="C260" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D260" s="8" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="261" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A261" s="7" t="s">
+        <v>651</v>
+      </c>
+      <c r="B261" s="12" t="s">
+        <v>228</v>
+      </c>
+      <c r="C261" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D261" s="8" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="262" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A262" s="7" t="s">
+        <v>230</v>
+      </c>
+      <c r="B262" s="12" t="s">
+        <v>230</v>
+      </c>
+      <c r="C262" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D262" s="8" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="263" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A263" s="7" t="s">
+        <v>652</v>
+      </c>
+      <c r="B263" s="12" t="s">
+        <v>232</v>
+      </c>
+      <c r="C263" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D263" s="8" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="264" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A264" s="7" t="s">
+        <v>653</v>
+      </c>
+      <c r="B264" s="12" t="s">
+        <v>234</v>
+      </c>
+      <c r="C264" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D264" s="8" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="265" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A265" s="7" t="s">
+        <v>654</v>
+      </c>
+      <c r="B265" s="12" t="s">
+        <v>236</v>
+      </c>
+      <c r="C265" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D265" s="8" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="266" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A266" s="7" t="s">
+        <v>655</v>
+      </c>
+      <c r="B266" s="12" t="s">
+        <v>238</v>
+      </c>
+      <c r="C266" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D266" s="8" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="267" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A267" s="7" t="s">
+        <v>656</v>
+      </c>
+      <c r="B267" s="12" t="s">
+        <v>240</v>
+      </c>
+      <c r="C267" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D267" s="8" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="268" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A268" s="7" t="s">
+        <v>657</v>
+      </c>
+      <c r="B268" s="12" t="s">
+        <v>242</v>
+      </c>
+      <c r="C268" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D268" s="8" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="269" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A269" s="26" t="s">
+        <v>882</v>
+      </c>
+      <c r="B269" s="27" t="s">
+        <v>882</v>
+      </c>
+      <c r="C269" s="28" t="s">
+        <v>142</v>
+      </c>
+      <c r="D269" s="29" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="270" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A270" s="7" t="s">
+        <v>658</v>
+      </c>
+      <c r="B270" s="12" t="s">
+        <v>244</v>
+      </c>
+      <c r="C270" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D270" s="8" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="271" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A271" s="7" t="s">
+        <v>659</v>
+      </c>
+      <c r="B271" s="12" t="s">
+        <v>246</v>
+      </c>
+      <c r="C271" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D271" s="8" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="272" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A272" s="7" t="s">
+        <v>660</v>
+      </c>
+      <c r="B272" s="12" t="s">
+        <v>248</v>
+      </c>
+      <c r="C272" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D272" s="8" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="273" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A273" s="7" t="s">
+        <v>661</v>
+      </c>
+      <c r="B273" s="12" t="s">
+        <v>250</v>
+      </c>
+      <c r="C273" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D273" s="8" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="274" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A274" s="7" t="s">
+        <v>662</v>
+      </c>
+      <c r="B274" s="12" t="s">
+        <v>252</v>
+      </c>
+      <c r="C274" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D274" s="8" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="275" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A275" s="7" t="s">
+        <v>663</v>
+      </c>
+      <c r="B275" s="12" t="s">
+        <v>254</v>
+      </c>
+      <c r="C275" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D275" s="8" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="276" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A276" s="7" t="s">
+        <v>664</v>
+      </c>
+      <c r="B276" s="12" t="s">
+        <v>256</v>
+      </c>
+      <c r="C276" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D276" s="8" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="277" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A277" s="7" t="s">
+        <v>665</v>
+      </c>
+      <c r="B277" s="12" t="s">
+        <v>258</v>
+      </c>
+      <c r="C277" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D277" s="8" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="278" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A278" s="7" t="s">
+        <v>666</v>
+      </c>
+      <c r="B278" s="12" t="s">
+        <v>260</v>
+      </c>
+      <c r="C278" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D278" s="8" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="279" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A279" s="7" t="s">
+        <v>667</v>
+      </c>
+      <c r="B279" s="12" t="s">
+        <v>262</v>
+      </c>
+      <c r="C279" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D279" s="8" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="280" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A280" s="7" t="s">
+        <v>264</v>
+      </c>
+      <c r="B280" s="12" t="s">
+        <v>264</v>
+      </c>
+      <c r="C280" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D280" s="8" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="281" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A281" s="7" t="s">
+        <v>668</v>
+      </c>
+      <c r="B281" s="27" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C281" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D281" s="8" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="282" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A282" s="7" t="s">
+        <v>267</v>
+      </c>
+      <c r="B282" s="12" t="s">
+        <v>267</v>
+      </c>
+      <c r="C282" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D282" s="8" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="283" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A283" s="7" t="s">
+        <v>669</v>
+      </c>
+      <c r="B283" s="12" t="s">
+        <v>269</v>
+      </c>
+      <c r="C283" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D283" s="8" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="284" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A284" s="7" t="s">
+        <v>670</v>
+      </c>
+      <c r="B284" s="12" t="s">
+        <v>271</v>
+      </c>
+      <c r="C284" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D284" s="8" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="285" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A285" s="7" t="s">
+        <v>671</v>
+      </c>
+      <c r="B285" s="12" t="s">
+        <v>273</v>
+      </c>
+      <c r="C285" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D285" s="8" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="286" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A286" s="7" t="s">
+        <v>672</v>
+      </c>
+      <c r="B286" s="12" t="s">
+        <v>275</v>
+      </c>
+      <c r="C286" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D286" s="8" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="287" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A287" s="26" t="s">
+        <v>1272</v>
+      </c>
+      <c r="B287" s="27" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C287" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D287" s="8" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="288" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A288" s="7" t="s">
+        <v>673</v>
+      </c>
+      <c r="B288" s="12" t="s">
+        <v>278</v>
+      </c>
+      <c r="C288" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D288" s="8" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="289" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A289" s="7" t="s">
+        <v>674</v>
+      </c>
+      <c r="B289" s="12" t="s">
+        <v>280</v>
+      </c>
+      <c r="C289" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D289" s="8" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="290" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A290" s="7" t="s">
+        <v>675</v>
+      </c>
+      <c r="B290" s="12" t="s">
+        <v>282</v>
+      </c>
+      <c r="C290" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D290" s="8" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="291" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A291" s="7" t="s">
+        <v>676</v>
+      </c>
+      <c r="B291" s="12" t="s">
+        <v>284</v>
+      </c>
+      <c r="C291" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D291" s="8" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="292" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A292" s="7" t="s">
+        <v>286</v>
+      </c>
+      <c r="B292" s="12" t="s">
+        <v>286</v>
+      </c>
+      <c r="C292" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D292" s="8" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="293" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A293" s="7" t="s">
+        <v>677</v>
+      </c>
+      <c r="B293" s="12" t="s">
+        <v>288</v>
+      </c>
+      <c r="C293" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D293" s="8" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="294" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A294" s="7" t="s">
+        <v>290</v>
+      </c>
+      <c r="B294" s="12" t="s">
+        <v>290</v>
+      </c>
+      <c r="C294" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D294" s="8" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="295" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A295" s="7" t="s">
+        <v>678</v>
+      </c>
+      <c r="B295" s="12" t="s">
+        <v>292</v>
+      </c>
+      <c r="C295" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D295" s="8" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="296" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A296" s="7" t="s">
+        <v>679</v>
+      </c>
+      <c r="B296" s="12" t="s">
+        <v>294</v>
+      </c>
+      <c r="C296" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D296" s="8" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="297" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A297" s="7" t="s">
+        <v>296</v>
+      </c>
+      <c r="B297" s="12" t="s">
+        <v>296</v>
+      </c>
+      <c r="C297" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D297" s="8" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="298" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A298" s="7" t="s">
+        <v>298</v>
+      </c>
+      <c r="B298" s="12" t="s">
+        <v>298</v>
+      </c>
+      <c r="C298" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D298" s="8" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="299" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A299" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="B299" s="12" t="s">
+        <v>300</v>
+      </c>
+      <c r="C299" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D299" s="8" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="300" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A300" s="7" t="s">
+        <v>680</v>
+      </c>
+      <c r="B300" s="12" t="s">
+        <v>302</v>
+      </c>
+      <c r="C300" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D300" s="8" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="301" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A301" s="7" t="s">
+        <v>681</v>
+      </c>
+      <c r="B301" s="12" t="s">
+        <v>304</v>
+      </c>
+      <c r="C301" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D301" s="8" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="302" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A302" s="7" t="s">
+        <v>306</v>
+      </c>
+      <c r="B302" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="C302" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D302" s="8" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="303" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A303" s="7" t="s">
+        <v>308</v>
+      </c>
+      <c r="B303" s="12" t="s">
+        <v>308</v>
+      </c>
+      <c r="C303" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D303" s="8" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="304" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A304" s="7" t="s">
+        <v>682</v>
+      </c>
+      <c r="B304" s="12" t="s">
+        <v>310</v>
+      </c>
+      <c r="C304" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D304" s="8" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="305" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A305" s="7" t="s">
+        <v>683</v>
+      </c>
+      <c r="B305" s="12" t="s">
+        <v>312</v>
+      </c>
+      <c r="C305" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D305" s="8" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="306" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A306" s="7" t="s">
+        <v>684</v>
+      </c>
+      <c r="B306" s="12" t="s">
+        <v>314</v>
+      </c>
+      <c r="C306" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D306" s="8" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="307" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A307" s="7" t="s">
+        <v>316</v>
+      </c>
+      <c r="B307" s="12" t="s">
+        <v>316</v>
+      </c>
+      <c r="C307" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D307" s="8" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="308" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A308" s="7" t="s">
+        <v>318</v>
+      </c>
+      <c r="B308" s="12" t="s">
+        <v>318</v>
+      </c>
+      <c r="C308" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D308" s="8" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="309" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A309" s="7" t="s">
+        <v>685</v>
+      </c>
+      <c r="B309" s="12" t="s">
+        <v>320</v>
+      </c>
+      <c r="C309" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D309" s="8" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="310" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A310" s="7" t="s">
+        <v>322</v>
+      </c>
+      <c r="B310" s="12" t="s">
+        <v>322</v>
+      </c>
+      <c r="C310" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D310" s="8" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="311" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A311" s="7" t="s">
+        <v>686</v>
+      </c>
+      <c r="B311" s="12" t="s">
+        <v>324</v>
+      </c>
+      <c r="C311" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D311" s="8" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="312" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A312" s="7" t="s">
+        <v>687</v>
+      </c>
+      <c r="B312" s="12" t="s">
+        <v>326</v>
+      </c>
+      <c r="C312" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D312" s="8" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="313" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A313" s="7" t="s">
+        <v>328</v>
+      </c>
+      <c r="B313" s="12" t="s">
+        <v>328</v>
+      </c>
+      <c r="C313" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D313" s="8" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="314" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A314" s="7" t="s">
+        <v>688</v>
+      </c>
+      <c r="B314" s="12" t="s">
+        <v>330</v>
+      </c>
+      <c r="C314" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D314" s="8" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="315" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A315" s="7" t="s">
+        <v>332</v>
+      </c>
+      <c r="B315" s="12" t="s">
+        <v>332</v>
+      </c>
+      <c r="C315" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D315" s="8" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="316" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A316" s="7" t="s">
+        <v>689</v>
+      </c>
+      <c r="B316" s="12" t="s">
+        <v>334</v>
+      </c>
+      <c r="C316" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D316" s="8" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="317" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A317" s="7" t="s">
+        <v>690</v>
+      </c>
+      <c r="B317" s="12" t="s">
+        <v>336</v>
+      </c>
+      <c r="C317" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D317" s="8" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="318" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A318" s="7" t="s">
+        <v>691</v>
+      </c>
+      <c r="B318" s="12" t="s">
+        <v>338</v>
+      </c>
+      <c r="C318" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D318" s="8" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="319" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A319" s="7" t="s">
+        <v>692</v>
+      </c>
+      <c r="B319" s="12" t="s">
+        <v>340</v>
+      </c>
+      <c r="C319" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D319" s="8" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="320" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A320" s="7" t="s">
+        <v>693</v>
+      </c>
+      <c r="B320" s="12" t="s">
+        <v>342</v>
+      </c>
+      <c r="C320" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D320" s="8" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="321" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A321" s="7" t="s">
+        <v>694</v>
+      </c>
+      <c r="B321" s="12" t="s">
+        <v>344</v>
+      </c>
+      <c r="C321" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D321" s="8" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="322" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A322" s="7" t="s">
+        <v>695</v>
+      </c>
+      <c r="B322" s="12" t="s">
+        <v>346</v>
+      </c>
+      <c r="C322" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D322" s="8" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="323" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A323" s="7" t="s">
+        <v>696</v>
+      </c>
+      <c r="B323" s="12" t="s">
+        <v>348</v>
+      </c>
+      <c r="C323" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D323" s="8" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="324" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A324" s="7" t="s">
+        <v>697</v>
+      </c>
+      <c r="B324" s="27" t="s">
+        <v>1285</v>
+      </c>
+      <c r="C324" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D324" s="8" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="325" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A325" s="7" t="s">
+        <v>698</v>
+      </c>
+      <c r="B325" s="12" t="s">
+        <v>351</v>
+      </c>
+      <c r="C325" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D325" s="8" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="326" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A326" s="7" t="s">
+        <v>699</v>
+      </c>
+      <c r="B326" s="12" t="s">
+        <v>353</v>
+      </c>
+      <c r="C326" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D326" s="8" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="327" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A327" s="7" t="s">
+        <v>355</v>
+      </c>
+      <c r="B327" s="12" t="s">
+        <v>355</v>
+      </c>
+      <c r="C327" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D327" s="8" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="328" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A328" s="7" t="s">
+        <v>700</v>
+      </c>
+      <c r="B328" s="12" t="s">
+        <v>357</v>
+      </c>
+      <c r="C328" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D328" s="8" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="329" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A329" s="7" t="s">
+        <v>701</v>
+      </c>
+      <c r="B329" s="12" t="s">
+        <v>359</v>
+      </c>
+      <c r="C329" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D329" s="8" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="330" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A330" s="7" t="s">
+        <v>702</v>
+      </c>
+      <c r="B330" s="12" t="s">
+        <v>361</v>
+      </c>
+      <c r="C330" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D330" s="8" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="331" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A331" s="7" t="s">
+        <v>703</v>
+      </c>
+      <c r="B331" s="12" t="s">
+        <v>363</v>
+      </c>
+      <c r="C331" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D331" s="8" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="332" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A332" s="7" t="s">
+        <v>704</v>
+      </c>
+      <c r="B332" s="12" t="s">
+        <v>365</v>
+      </c>
+      <c r="C332" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D332" s="8" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="333" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A333" s="7" t="s">
+        <v>705</v>
+      </c>
+      <c r="B333" s="12" t="s">
+        <v>367</v>
+      </c>
+      <c r="C333" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D333" s="8" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="334" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A334" s="7" t="s">
+        <v>369</v>
+      </c>
+      <c r="B334" s="12" t="s">
+        <v>369</v>
+      </c>
+      <c r="C334" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D334" s="8" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="335" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A335" s="7" t="s">
+        <v>706</v>
+      </c>
+      <c r="B335" s="12" t="s">
+        <v>371</v>
+      </c>
+      <c r="C335" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D335" s="8" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="336" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A336" s="26" t="s">
+        <v>707</v>
+      </c>
+      <c r="B336" s="27" t="s">
+        <v>373</v>
+      </c>
+      <c r="C336" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D336" s="8" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="337" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A337" s="26" t="s">
+        <v>1286</v>
+      </c>
+      <c r="B337" s="27" t="s">
+        <v>1289</v>
+      </c>
+      <c r="C337" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D337" s="8" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="338" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A338" s="26" t="s">
+        <v>1287</v>
+      </c>
+      <c r="B338" s="27" t="s">
+        <v>1288</v>
+      </c>
+      <c r="C338" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D338" s="8" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="339" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A339" s="7" t="s">
+        <v>708</v>
+      </c>
+      <c r="B339" s="12" t="s">
+        <v>377</v>
+      </c>
+      <c r="C339" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D339" s="8" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="340" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A340" s="7" t="s">
+        <v>709</v>
+      </c>
+      <c r="B340" s="12" t="s">
+        <v>379</v>
+      </c>
+      <c r="C340" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D340" s="8" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="341" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A341" s="7" t="s">
+        <v>710</v>
+      </c>
+      <c r="B341" s="12" t="s">
+        <v>381</v>
+      </c>
+      <c r="C341" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D341" s="8" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="342" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A342" s="7" t="s">
+        <v>711</v>
+      </c>
+      <c r="B342" s="27" t="s">
+        <v>711</v>
+      </c>
+      <c r="C342" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D342" s="8" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="343" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A343" s="7" t="s">
+        <v>712</v>
+      </c>
+      <c r="B343" s="12" t="s">
+        <v>384</v>
+      </c>
+      <c r="C343" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D343" s="8" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="344" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A344" s="7" t="s">
+        <v>713</v>
+      </c>
+      <c r="B344" s="12" t="s">
+        <v>386</v>
+      </c>
+      <c r="C344" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D344" s="8" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="345" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A345" s="7" t="s">
+        <v>714</v>
+      </c>
+      <c r="B345" s="12" t="s">
+        <v>388</v>
+      </c>
+      <c r="C345" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D345" s="8" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="346" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A346" s="7" t="s">
+        <v>715</v>
+      </c>
+      <c r="B346" s="12" t="s">
+        <v>390</v>
+      </c>
+      <c r="C346" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D346" s="8" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="347" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A347" s="7" t="s">
+        <v>716</v>
+      </c>
+      <c r="B347" s="12" t="s">
+        <v>392</v>
+      </c>
+      <c r="C347" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D347" s="8" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="348" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A348" s="7" t="s">
+        <v>394</v>
+      </c>
+      <c r="B348" s="12" t="s">
+        <v>394</v>
+      </c>
+      <c r="C348" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D348" s="8" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="349" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A349" s="7" t="s">
+        <v>717</v>
+      </c>
+      <c r="B349" s="12" t="s">
+        <v>396</v>
+      </c>
+      <c r="C349" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D349" s="8" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="350" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A350" s="7" t="s">
+        <v>718</v>
+      </c>
+      <c r="B350" s="12" t="s">
+        <v>398</v>
+      </c>
+      <c r="C350" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D350" s="8" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="351" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A351" s="7" t="s">
+        <v>719</v>
+      </c>
+      <c r="B351" s="12" t="s">
+        <v>400</v>
+      </c>
+      <c r="C351" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D351" s="8" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="352" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A352" s="7" t="s">
+        <v>720</v>
+      </c>
+      <c r="B352" s="27" t="s">
+        <v>1290</v>
+      </c>
+      <c r="C352" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D352" s="8" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="353" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A353" s="7" t="s">
+        <v>721</v>
+      </c>
+      <c r="B353" s="12" t="s">
+        <v>403</v>
+      </c>
+      <c r="C353" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D353" s="8" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="354" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A354" s="7" t="s">
+        <v>722</v>
+      </c>
+      <c r="B354" s="12" t="s">
+        <v>405</v>
+      </c>
+      <c r="C354" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D354" s="8" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="355" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A355" s="7" t="s">
+        <v>723</v>
+      </c>
+      <c r="B355" s="12" t="s">
+        <v>407</v>
+      </c>
+      <c r="C355" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D355" s="8" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="356" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A356" s="7" t="s">
+        <v>724</v>
+      </c>
+      <c r="B356" s="12" t="s">
+        <v>409</v>
+      </c>
+      <c r="C356" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D356" s="8" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="357" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A357" s="7" t="s">
+        <v>725</v>
+      </c>
+      <c r="B357" s="12" t="s">
+        <v>411</v>
+      </c>
+      <c r="C357" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D357" s="8" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="358" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A358" s="7" t="s">
+        <v>726</v>
+      </c>
+      <c r="B358" s="12" t="s">
+        <v>413</v>
+      </c>
+      <c r="C358" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D358" s="8" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="359" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A359" s="7" t="s">
+        <v>727</v>
+      </c>
+      <c r="B359" s="12" t="s">
+        <v>415</v>
+      </c>
+      <c r="C359" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D359" s="8" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="360" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A360" s="26" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B360" s="27" t="s">
+        <v>1293</v>
+      </c>
+      <c r="C360" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D360" s="8" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="361" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A361" s="26" t="s">
+        <v>418</v>
+      </c>
+      <c r="B361" s="27" t="s">
+        <v>418</v>
+      </c>
+      <c r="C361" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D361" s="8" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="362" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A362" s="26" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B362" s="27" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C362" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D362" s="8" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="363" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A363" s="7" t="s">
+        <v>728</v>
+      </c>
+      <c r="B363" s="12" t="s">
+        <v>421</v>
+      </c>
+      <c r="C363" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D363" s="8" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="364" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A364" s="7" t="s">
+        <v>423</v>
+      </c>
+      <c r="B364" s="12" t="s">
+        <v>423</v>
+      </c>
+      <c r="C364" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D364" s="8" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="365" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A365" s="7" t="s">
+        <v>729</v>
+      </c>
+      <c r="B365" s="12" t="s">
+        <v>425</v>
+      </c>
+      <c r="C365" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D365" s="8" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="366" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A366" s="7" t="s">
+        <v>730</v>
+      </c>
+      <c r="B366" s="12" t="s">
+        <v>427</v>
+      </c>
+      <c r="C366" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D366" s="8" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="367" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A367" s="7" t="s">
+        <v>731</v>
+      </c>
+      <c r="B367" s="12" t="s">
+        <v>429</v>
+      </c>
+      <c r="C367" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D367" s="8" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="368" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A368" s="7" t="s">
+        <v>431</v>
+      </c>
+      <c r="B368" s="12" t="s">
+        <v>431</v>
+      </c>
+      <c r="C368" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D368" s="8" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="369" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A369" s="7" t="s">
+        <v>433</v>
+      </c>
+      <c r="B369" s="12" t="s">
+        <v>433</v>
+      </c>
+      <c r="C369" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D369" s="8" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="370" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A370" s="7" t="s">
+        <v>732</v>
+      </c>
+      <c r="B370" s="12" t="s">
+        <v>435</v>
+      </c>
+      <c r="C370" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D370" s="8" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="371" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A371" s="7" t="s">
+        <v>733</v>
+      </c>
+      <c r="B371" s="12" t="s">
+        <v>437</v>
+      </c>
+      <c r="C371" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D371" s="8" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="372" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A372" s="7" t="s">
+        <v>439</v>
+      </c>
+      <c r="B372" s="12" t="s">
+        <v>439</v>
+      </c>
+      <c r="C372" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D372" s="8" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="373" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A373" s="7" t="s">
+        <v>734</v>
+      </c>
+      <c r="B373" s="12" t="s">
+        <v>441</v>
+      </c>
+      <c r="C373" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D373" s="8" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="374" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A374" s="7" t="s">
+        <v>735</v>
+      </c>
+      <c r="B374" s="12" t="s">
+        <v>443</v>
+      </c>
+      <c r="C374" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D374" s="8" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="375" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A375" s="7" t="s">
+        <v>736</v>
+      </c>
+      <c r="B375" s="12" t="s">
+        <v>445</v>
+      </c>
+      <c r="C375" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D375" s="8" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="376" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A376" s="7" t="s">
+        <v>737</v>
+      </c>
+      <c r="B376" s="12" t="s">
+        <v>447</v>
+      </c>
+      <c r="C376" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D376" s="8" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="377" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A377" s="7" t="s">
+        <v>738</v>
+      </c>
+      <c r="B377" s="12" t="s">
+        <v>449</v>
+      </c>
+      <c r="C377" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D377" s="8" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="378" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A378" s="7" t="s">
+        <v>451</v>
+      </c>
+      <c r="B378" s="12" t="s">
+        <v>451</v>
+      </c>
+      <c r="C378" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D378" s="8" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="379" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A379" s="7" t="s">
+        <v>739</v>
+      </c>
+      <c r="B379" s="12" t="s">
+        <v>453</v>
+      </c>
+      <c r="C379" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D379" s="8" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="380" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A380" s="7" t="s">
+        <v>740</v>
+      </c>
+      <c r="B380" s="12" t="s">
+        <v>455</v>
+      </c>
+      <c r="C380" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D380" s="8" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="381" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A381" s="7" t="s">
+        <v>741</v>
+      </c>
+      <c r="B381" s="12" t="s">
+        <v>457</v>
+      </c>
+      <c r="C381" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D381" s="8" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="382" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A382" s="7" t="s">
+        <v>742</v>
+      </c>
+      <c r="B382" s="12" t="s">
+        <v>459</v>
+      </c>
+      <c r="C382" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D382" s="8" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="383" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A383" s="7" t="s">
+        <v>743</v>
+      </c>
+      <c r="B383" s="12" t="s">
+        <v>461</v>
+      </c>
+      <c r="C383" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D383" s="8" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="384" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A384" s="7" t="s">
+        <v>744</v>
+      </c>
+      <c r="B384" s="12" t="s">
+        <v>463</v>
+      </c>
+      <c r="C384" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D384" s="8" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="385" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A385" s="7" t="s">
+        <v>465</v>
+      </c>
+      <c r="B385" s="12" t="s">
+        <v>465</v>
+      </c>
+      <c r="C385" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D385" s="8" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="386" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A386" s="7" t="s">
+        <v>745</v>
+      </c>
+      <c r="B386" s="12" t="s">
+        <v>467</v>
+      </c>
+      <c r="C386" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D386" s="8" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="387" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A387" s="7" t="s">
+        <v>746</v>
+      </c>
+      <c r="B387" s="12" t="s">
+        <v>469</v>
+      </c>
+      <c r="C387" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D387" s="8" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="388" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A388" s="7" t="s">
+        <v>747</v>
+      </c>
+      <c r="B388" s="12" t="s">
+        <v>471</v>
+      </c>
+      <c r="C388" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D388" s="8" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="389" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A389" s="7" t="s">
+        <v>473</v>
+      </c>
+      <c r="B389" s="12" t="s">
+        <v>473</v>
+      </c>
+      <c r="C389" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D389" s="8" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="390" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A390" s="7" t="s">
+        <v>475</v>
+      </c>
+      <c r="B390" s="12" t="s">
+        <v>475</v>
+      </c>
+      <c r="C390" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D390" s="8" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="391" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A391" s="7" t="s">
+        <v>748</v>
+      </c>
+      <c r="B391" s="12" t="s">
+        <v>477</v>
+      </c>
+      <c r="C391" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D391" s="8" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="392" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A392" s="7" t="s">
+        <v>749</v>
+      </c>
+      <c r="B392" s="12" t="s">
+        <v>479</v>
+      </c>
+      <c r="C392" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D392" s="8" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="393" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A393" s="7" t="s">
+        <v>750</v>
+      </c>
+      <c r="B393" s="12" t="s">
+        <v>481</v>
+      </c>
+      <c r="C393" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D393" s="8" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="394" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A394" s="7" t="s">
+        <v>751</v>
+      </c>
+      <c r="B394" s="12" t="s">
+        <v>483</v>
+      </c>
+      <c r="C394" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D394" s="8" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="395" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A395" s="7" t="s">
+        <v>752</v>
+      </c>
+      <c r="B395" s="12" t="s">
+        <v>485</v>
+      </c>
+      <c r="C395" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D395" s="8" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="396" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A396" s="7" t="s">
+        <v>753</v>
+      </c>
+      <c r="B396" s="12" t="s">
+        <v>487</v>
+      </c>
+      <c r="C396" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D396" s="8" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="397" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A397" s="7" t="s">
+        <v>489</v>
+      </c>
+      <c r="B397" s="12" t="s">
+        <v>489</v>
+      </c>
+      <c r="C397" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D397" s="8" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="398" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A398" s="7" t="s">
+        <v>491</v>
+      </c>
+      <c r="B398" s="12" t="s">
+        <v>491</v>
+      </c>
+      <c r="C398" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D398" s="8" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="399" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A399" s="7" t="s">
+        <v>754</v>
+      </c>
+      <c r="B399" s="27" t="s">
+        <v>1295</v>
+      </c>
+      <c r="C399" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D399" s="8" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="400" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A400" s="7" t="s">
+        <v>755</v>
+      </c>
+      <c r="B400" s="12" t="s">
+        <v>494</v>
+      </c>
+      <c r="C400" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D400" s="8" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="401" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A401" s="7" t="s">
+        <v>496</v>
+      </c>
+      <c r="B401" s="12" t="s">
+        <v>496</v>
+      </c>
+      <c r="C401" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D401" s="8" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="402" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A402" s="7" t="s">
+        <v>498</v>
+      </c>
+      <c r="B402" s="12" t="s">
+        <v>498</v>
+      </c>
+      <c r="C402" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D402" s="8" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="403" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A403" s="7" t="s">
+        <v>756</v>
+      </c>
+      <c r="B403" s="12" t="s">
+        <v>500</v>
+      </c>
+      <c r="C403" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D403" s="8" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="404" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A404" s="7" t="s">
+        <v>502</v>
+      </c>
+      <c r="B404" s="12" t="s">
+        <v>502</v>
+      </c>
+      <c r="C404" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D404" s="8" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="405" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A405" s="7" t="s">
+        <v>757</v>
+      </c>
+      <c r="B405" s="12" t="s">
+        <v>504</v>
+      </c>
+      <c r="C405" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D405" s="8" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="406" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A406" s="7" t="s">
+        <v>758</v>
+      </c>
+      <c r="B406" s="12" t="s">
+        <v>506</v>
+      </c>
+      <c r="C406" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D406" s="8" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="407" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A407" s="7" t="s">
+        <v>759</v>
+      </c>
+      <c r="B407" s="12" t="s">
+        <v>508</v>
+      </c>
+      <c r="C407" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D407" s="8" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="408" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A408" s="7" t="s">
+        <v>510</v>
+      </c>
+      <c r="B408" s="12" t="s">
+        <v>510</v>
+      </c>
+      <c r="C408" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D408" s="8" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="409" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A409" s="7" t="s">
+        <v>760</v>
+      </c>
+      <c r="B409" s="12" t="s">
+        <v>512</v>
+      </c>
+      <c r="C409" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D409" s="8" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="410" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A410" s="7" t="s">
+        <v>761</v>
+      </c>
+      <c r="B410" s="12" t="s">
+        <v>514</v>
+      </c>
+      <c r="C410" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D410" s="8" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="411" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A411" s="7" t="s">
+        <v>762</v>
+      </c>
+      <c r="B411" s="12" t="s">
+        <v>516</v>
+      </c>
+      <c r="C411" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D411" s="8" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="412" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A412" s="7" t="s">
+        <v>763</v>
+      </c>
+      <c r="B412" s="12" t="s">
+        <v>518</v>
+      </c>
+      <c r="C412" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D412" s="8" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="413" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A413" s="7" t="s">
+        <v>764</v>
+      </c>
+      <c r="B413" s="12" t="s">
+        <v>520</v>
+      </c>
+      <c r="C413" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D413" s="8" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="414" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A414" s="7" t="s">
+        <v>765</v>
+      </c>
+      <c r="B414" s="12" t="s">
+        <v>522</v>
+      </c>
+      <c r="C414" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D414" s="8" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="415" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A415" s="7" t="s">
+        <v>766</v>
+      </c>
+      <c r="B415" s="12" t="s">
+        <v>524</v>
+      </c>
+      <c r="C415" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D415" s="8" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="416" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A416" s="7" t="s">
+        <v>767</v>
+      </c>
+      <c r="B416" s="12" t="s">
+        <v>526</v>
+      </c>
+      <c r="C416" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D416" s="8" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="417" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A417" s="7" t="s">
+        <v>768</v>
+      </c>
+      <c r="B417" s="12" t="s">
+        <v>528</v>
+      </c>
+      <c r="C417" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D417" s="8" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="418" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A418" s="7" t="s">
+        <v>769</v>
+      </c>
+      <c r="B418" s="12" t="s">
+        <v>530</v>
+      </c>
+      <c r="C418" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D418" s="8" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="419" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A419" s="7" t="s">
+        <v>532</v>
+      </c>
+      <c r="B419" s="12" t="s">
+        <v>532</v>
+      </c>
+      <c r="C419" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D419" s="8" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="420" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A420" s="7" t="s">
+        <v>534</v>
+      </c>
+      <c r="B420" s="12" t="s">
+        <v>534</v>
+      </c>
+      <c r="C420" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D420" s="8" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="421" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A421" s="7" t="s">
+        <v>536</v>
+      </c>
+      <c r="B421" s="12" t="s">
+        <v>536</v>
+      </c>
+      <c r="C421" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D421" s="8" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="422" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A422" s="7" t="s">
+        <v>770</v>
+      </c>
+      <c r="B422" s="12" t="s">
+        <v>538</v>
+      </c>
+      <c r="C422" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D422" s="8" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="423" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A423" s="7" t="s">
+        <v>771</v>
+      </c>
+      <c r="B423" s="12" t="s">
+        <v>540</v>
+      </c>
+      <c r="C423" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D423" s="8" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="424" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A424" s="26" t="s">
+        <v>884</v>
+      </c>
+      <c r="B424" s="27" t="s">
+        <v>885</v>
+      </c>
+      <c r="C424" s="28" t="s">
+        <v>142</v>
+      </c>
+      <c r="D424" s="29" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="425" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A425" s="7" t="s">
+        <v>772</v>
+      </c>
+      <c r="B425" s="12" t="s">
+        <v>542</v>
+      </c>
+      <c r="C425" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D425" s="8" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="426" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A426" s="7" t="s">
+        <v>773</v>
+      </c>
+      <c r="B426" s="12" t="s">
+        <v>544</v>
+      </c>
+      <c r="C426" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D426" s="8" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="427" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A427" s="26" t="s">
+        <v>879</v>
+      </c>
+      <c r="B427" s="27" t="s">
+        <v>879</v>
+      </c>
+      <c r="C427" s="28" t="s">
+        <v>142</v>
+      </c>
+      <c r="D427" s="29" t="s">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="428" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A428" s="26" t="s">
+        <v>774</v>
+      </c>
+      <c r="B428" s="27" t="s">
+        <v>1296</v>
+      </c>
+      <c r="C428" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D428" s="8" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="429" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A429" s="26" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B429" s="27" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C429" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D429" s="8" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="430" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A430" s="26" t="s">
+        <v>775</v>
+      </c>
+      <c r="B430" s="27" t="s">
+        <v>548</v>
+      </c>
+      <c r="C430" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D430" s="8" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="431" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A431" s="26" t="s">
+        <v>776</v>
+      </c>
+      <c r="B431" s="27" t="s">
+        <v>550</v>
+      </c>
+      <c r="C431" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D431" s="8" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="432" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A432" s="26" t="s">
+        <v>1299</v>
+      </c>
+      <c r="B432" s="27" t="s">
+        <v>1300</v>
+      </c>
+      <c r="C432" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D432" s="8" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="433" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A433" s="7" t="s">
+        <v>554</v>
+      </c>
+      <c r="B433" s="12" t="s">
+        <v>554</v>
+      </c>
+      <c r="C433" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D433" s="8" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="434" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A434" s="7" t="s">
+        <v>778</v>
+      </c>
+      <c r="B434" s="12" t="s">
+        <v>556</v>
+      </c>
+      <c r="C434" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D434" s="8" t="s">
         <v>555</v>
       </c>
     </row>
-    <row r="10" spans="1:4" ht="12.75">
-[...2733 lines deleted...]
-      <c r="D206" s="90" t="s">
+    <row r="435" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A435" s="7" t="s">
+        <v>779</v>
+      </c>
+      <c r="B435" s="12" t="s">
+        <v>558</v>
+      </c>
+      <c r="C435" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D435" s="8" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="436" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A436" s="7" t="s">
+        <v>780</v>
+      </c>
+      <c r="B436" s="12" t="s">
+        <v>560</v>
+      </c>
+      <c r="C436" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D436" s="8" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="437" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A437" s="7" t="s">
+        <v>562</v>
+      </c>
+      <c r="B437" s="12" t="s">
+        <v>562</v>
+      </c>
+      <c r="C437" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D437" s="8" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="438" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A438" s="7" t="s">
+        <v>781</v>
+      </c>
+      <c r="B438" s="12" t="s">
+        <v>564</v>
+      </c>
+      <c r="C438" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D438" s="8" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="439" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A439" s="7" t="s">
+        <v>782</v>
+      </c>
+      <c r="B439" s="12" t="s">
+        <v>566</v>
+      </c>
+      <c r="C439" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D439" s="8" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="440" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A440" s="7" t="s">
+        <v>568</v>
+      </c>
+      <c r="B440" s="12" t="s">
+        <v>568</v>
+      </c>
+      <c r="C440" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D440" s="8" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="441" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A441" s="7" t="s">
+        <v>783</v>
+      </c>
+      <c r="B441" s="27" t="s">
         <v>1328</v>
       </c>
-    </row>
-[...1908 lines deleted...]
-      <c r="B343" s="29" t="s">
+      <c r="C441" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D441" s="8" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="442" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A442" s="7" t="s">
+        <v>784</v>
+      </c>
+      <c r="B442" s="12" t="s">
+        <v>571</v>
+      </c>
+      <c r="C442" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D442" s="8" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="443" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A443" s="7" t="s">
+        <v>573</v>
+      </c>
+      <c r="B443" s="12" t="s">
+        <v>573</v>
+      </c>
+      <c r="C443" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D443" s="8" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="444" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A444" s="7" t="s">
+        <v>785</v>
+      </c>
+      <c r="B444" s="27" t="s">
+        <v>1301</v>
+      </c>
+      <c r="C444" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D444" s="8" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="445" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A445" s="7" t="s">
+        <v>786</v>
+      </c>
+      <c r="B445" s="12" t="s">
+        <v>576</v>
+      </c>
+      <c r="C445" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D445" s="8" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="446" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A446" s="7" t="s">
+        <v>787</v>
+      </c>
+      <c r="B446" s="12" t="s">
+        <v>578</v>
+      </c>
+      <c r="C446" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D446" s="8" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="447" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A447" s="7" t="s">
+        <v>580</v>
+      </c>
+      <c r="B447" s="12" t="s">
+        <v>580</v>
+      </c>
+      <c r="C447" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D447" s="8" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="448" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A448" s="7" t="s">
+        <v>788</v>
+      </c>
+      <c r="B448" s="12" t="s">
+        <v>582</v>
+      </c>
+      <c r="C448" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D448" s="8" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="449" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A449" s="7" t="s">
+        <v>789</v>
+      </c>
+      <c r="B449" s="12" t="s">
+        <v>584</v>
+      </c>
+      <c r="C449" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D449" s="8" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="450" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A450" s="7" t="s">
+        <v>586</v>
+      </c>
+      <c r="B450" s="12" t="s">
+        <v>586</v>
+      </c>
+      <c r="C450" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D450" s="8" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="451" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A451" s="7" t="s">
+        <v>790</v>
+      </c>
+      <c r="B451" s="12" t="s">
+        <v>588</v>
+      </c>
+      <c r="C451" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D451" s="8" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="452" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A452" s="7" t="s">
+        <v>791</v>
+      </c>
+      <c r="B452" s="12" t="s">
+        <v>590</v>
+      </c>
+      <c r="C452" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D452" s="8" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="453" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A453" s="7" t="s">
+        <v>792</v>
+      </c>
+      <c r="B453" s="12" t="s">
+        <v>592</v>
+      </c>
+      <c r="C453" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D453" s="8" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="454" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A454" s="7" t="s">
+        <v>594</v>
+      </c>
+      <c r="B454" s="12" t="s">
+        <v>594</v>
+      </c>
+      <c r="C454" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D454" s="8" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="455" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A455" s="7" t="s">
+        <v>793</v>
+      </c>
+      <c r="B455" s="12" t="s">
+        <v>596</v>
+      </c>
+      <c r="C455" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D455" s="8" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="456" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A456" s="7" t="s">
+        <v>794</v>
+      </c>
+      <c r="B456" s="12" t="s">
+        <v>598</v>
+      </c>
+      <c r="C456" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D456" s="8" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="457" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A457" s="7" t="s">
+        <v>795</v>
+      </c>
+      <c r="B457" s="12" t="s">
+        <v>600</v>
+      </c>
+      <c r="C457" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D457" s="8" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="458" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A458" s="7" t="s">
+        <v>602</v>
+      </c>
+      <c r="B458" s="12" t="s">
+        <v>602</v>
+      </c>
+      <c r="C458" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D458" s="8" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="459" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A459" s="7" t="s">
+        <v>796</v>
+      </c>
+      <c r="B459" s="12" t="s">
+        <v>604</v>
+      </c>
+      <c r="C459" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D459" s="8" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="460" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A460" s="7" t="s">
+        <v>606</v>
+      </c>
+      <c r="B460" s="12" t="s">
+        <v>606</v>
+      </c>
+      <c r="C460" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D460" s="8" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="461" spans="1:4" s="19" customFormat="1" ht="25.5">
+      <c r="A461" s="7" t="s">
+        <v>871</v>
+      </c>
+      <c r="B461" s="12" t="s">
+        <v>607</v>
+      </c>
+      <c r="C461" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D461" s="8" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="462" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A462" s="7" t="s">
+        <v>797</v>
+      </c>
+      <c r="B462" s="12" t="s">
+        <v>609</v>
+      </c>
+      <c r="C462" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D462" s="8" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="463" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A463" s="7" t="s">
+        <v>611</v>
+      </c>
+      <c r="B463" s="12" t="s">
+        <v>611</v>
+      </c>
+      <c r="C463" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D463" s="8" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="464" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A464" s="7" t="s">
+        <v>798</v>
+      </c>
+      <c r="B464" s="12" t="s">
+        <v>613</v>
+      </c>
+      <c r="C464" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D464" s="8" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="465" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A465" s="7" t="s">
+        <v>799</v>
+      </c>
+      <c r="B465" s="12" t="s">
+        <v>615</v>
+      </c>
+      <c r="C465" s="17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D465" s="8" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="466" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A466" s="7" t="s">
+        <v>617</v>
+      </c>
+      <c r="B466" s="27" t="s">
+        <v>617</v>
+      </c>
+      <c r="C466" s="28" t="s">
+        <v>142</v>
+      </c>
+      <c r="D466" s="29" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="467" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A467" s="10" t="s">
+        <v>870</v>
+      </c>
+      <c r="B467" s="71" t="s">
+        <v>1303</v>
+      </c>
+      <c r="C467" s="72"/>
+      <c r="D467" s="73" t="s">
         <v>1302</v>
       </c>
-      <c r="C343" s="14" t="s">
-[...1825 lines deleted...]
-      <c r="A474" s="1"/>
+    </row>
+    <row r="468" spans="1:4" s="19" customFormat="1" ht="12.75" customHeight="1">
+      <c r="A468" s="4"/>
+      <c r="B468" s="14"/>
+      <c r="C468" s="18"/>
+      <c r="D468" s="5"/>
+    </row>
+    <row r="469" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A469" s="4"/>
+      <c r="B469" s="11"/>
+      <c r="C469" s="15"/>
+      <c r="D469" s="4"/>
+    </row>
+    <row r="470" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A470" s="4"/>
+      <c r="B470" s="11"/>
+      <c r="C470" s="15"/>
+      <c r="D470" s="4"/>
+    </row>
+    <row r="471" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A471" s="4"/>
+      <c r="B471" s="11"/>
+      <c r="C471" s="15"/>
+      <c r="D471" s="4"/>
+    </row>
+    <row r="472" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A472" s="4"/>
+      <c r="B472" s="11"/>
+      <c r="C472" s="15"/>
+      <c r="D472" s="4"/>
+    </row>
+    <row r="473" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A473" s="4"/>
+      <c r="B473" s="11"/>
+      <c r="C473" s="15"/>
+      <c r="D473" s="4"/>
+    </row>
+    <row r="474" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A474" s="4"/>
       <c r="B474" s="11"/>
       <c r="C474" s="15"/>
-      <c r="D474" s="2"/>
-[...1457 lines deleted...]
-      <c r="D717" s="1"/>
+      <c r="D474" s="4"/>
+    </row>
+    <row r="475" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A475" s="4"/>
+      <c r="B475" s="11"/>
+      <c r="C475" s="15"/>
+      <c r="D475" s="4"/>
+    </row>
+    <row r="476" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A476" s="4"/>
+      <c r="B476" s="11"/>
+      <c r="C476" s="15"/>
+      <c r="D476" s="4"/>
+    </row>
+    <row r="477" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A477" s="4"/>
+      <c r="B477" s="11"/>
+      <c r="C477" s="15"/>
+      <c r="D477" s="4"/>
+    </row>
+    <row r="478" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A478" s="4"/>
+      <c r="B478" s="11"/>
+      <c r="C478" s="15"/>
+      <c r="D478" s="4"/>
+    </row>
+    <row r="479" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A479" s="4"/>
+      <c r="B479" s="11"/>
+      <c r="C479" s="15"/>
+      <c r="D479" s="4"/>
+    </row>
+    <row r="480" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A480" s="4"/>
+      <c r="B480" s="11"/>
+      <c r="C480" s="15"/>
+      <c r="D480" s="4"/>
+    </row>
+    <row r="481" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A481" s="4"/>
+      <c r="B481" s="11"/>
+      <c r="C481" s="15"/>
+      <c r="D481" s="4"/>
+    </row>
+    <row r="482" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A482" s="4"/>
+      <c r="B482" s="11"/>
+      <c r="C482" s="15"/>
+      <c r="D482" s="4"/>
+    </row>
+    <row r="483" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A483" s="4"/>
+      <c r="B483" s="11"/>
+      <c r="C483" s="15"/>
+      <c r="D483" s="4"/>
+    </row>
+    <row r="484" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A484" s="4"/>
+      <c r="B484" s="11"/>
+      <c r="C484" s="15"/>
+      <c r="D484" s="4"/>
+    </row>
+    <row r="485" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A485" s="4"/>
+      <c r="B485" s="11"/>
+      <c r="C485" s="15"/>
+      <c r="D485" s="4"/>
+    </row>
+    <row r="486" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A486" s="4"/>
+      <c r="B486" s="11"/>
+      <c r="C486" s="15"/>
+      <c r="D486" s="4"/>
+    </row>
+    <row r="487" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A487" s="4"/>
+      <c r="B487" s="11"/>
+      <c r="C487" s="15"/>
+      <c r="D487" s="4"/>
+    </row>
+    <row r="488" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A488" s="4"/>
+      <c r="B488" s="11"/>
+      <c r="C488" s="15"/>
+      <c r="D488" s="4"/>
+    </row>
+    <row r="489" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A489" s="4"/>
+      <c r="B489" s="11"/>
+      <c r="C489" s="15"/>
+      <c r="D489" s="4"/>
+    </row>
+    <row r="490" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A490" s="4"/>
+      <c r="B490" s="11"/>
+      <c r="C490" s="15"/>
+      <c r="D490" s="4"/>
+    </row>
+    <row r="491" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A491" s="4"/>
+      <c r="B491" s="11"/>
+      <c r="C491" s="15"/>
+      <c r="D491" s="4"/>
+    </row>
+    <row r="492" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A492" s="4"/>
+      <c r="B492" s="11"/>
+      <c r="C492" s="15"/>
+      <c r="D492" s="4"/>
+    </row>
+    <row r="493" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A493" s="4"/>
+      <c r="B493" s="11"/>
+      <c r="C493" s="15"/>
+      <c r="D493" s="4"/>
+    </row>
+    <row r="494" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A494" s="4"/>
+      <c r="B494" s="11"/>
+      <c r="C494" s="15"/>
+      <c r="D494" s="4"/>
+    </row>
+    <row r="495" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A495" s="4"/>
+      <c r="B495" s="11"/>
+      <c r="C495" s="15"/>
+      <c r="D495" s="4"/>
+    </row>
+    <row r="496" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A496" s="4"/>
+      <c r="B496" s="11"/>
+      <c r="C496" s="15"/>
+      <c r="D496" s="4"/>
+    </row>
+    <row r="497" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A497" s="4"/>
+      <c r="B497" s="11"/>
+      <c r="C497" s="15"/>
+      <c r="D497" s="4"/>
+    </row>
+    <row r="498" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A498" s="4"/>
+      <c r="B498" s="11"/>
+      <c r="C498" s="15"/>
+      <c r="D498" s="4"/>
+    </row>
+    <row r="499" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A499" s="4"/>
+      <c r="B499" s="11"/>
+      <c r="C499" s="15"/>
+      <c r="D499" s="4"/>
+    </row>
+    <row r="500" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A500" s="4"/>
+      <c r="B500" s="11"/>
+      <c r="C500" s="15"/>
+      <c r="D500" s="4"/>
+    </row>
+    <row r="501" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A501" s="4"/>
+      <c r="B501" s="11"/>
+      <c r="C501" s="15"/>
+      <c r="D501" s="4"/>
+    </row>
+    <row r="502" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A502" s="4"/>
+      <c r="B502" s="11"/>
+      <c r="C502" s="15"/>
+      <c r="D502" s="4"/>
+    </row>
+    <row r="503" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A503" s="4"/>
+      <c r="B503" s="11"/>
+      <c r="C503" s="15"/>
+      <c r="D503" s="4"/>
+    </row>
+    <row r="504" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A504" s="4"/>
+      <c r="B504" s="11"/>
+      <c r="C504" s="15"/>
+      <c r="D504" s="4"/>
+    </row>
+    <row r="505" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A505" s="4"/>
+      <c r="B505" s="11"/>
+      <c r="C505" s="15"/>
+      <c r="D505" s="4"/>
+    </row>
+    <row r="506" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A506" s="4"/>
+      <c r="B506" s="11"/>
+      <c r="C506" s="15"/>
+      <c r="D506" s="4"/>
+    </row>
+    <row r="507" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A507" s="4"/>
+      <c r="B507" s="11"/>
+      <c r="C507" s="15"/>
+      <c r="D507" s="4"/>
+    </row>
+    <row r="508" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A508" s="4"/>
+      <c r="B508" s="11"/>
+      <c r="C508" s="15"/>
+      <c r="D508" s="4"/>
+    </row>
+    <row r="509" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A509" s="4"/>
+      <c r="B509" s="11"/>
+      <c r="C509" s="15"/>
+      <c r="D509" s="4"/>
+    </row>
+    <row r="510" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A510" s="4"/>
+      <c r="B510" s="11"/>
+      <c r="C510" s="15"/>
+      <c r="D510" s="4"/>
+    </row>
+    <row r="511" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A511" s="4"/>
+      <c r="B511" s="11"/>
+      <c r="C511" s="15"/>
+      <c r="D511" s="4"/>
+    </row>
+    <row r="512" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A512" s="4"/>
+      <c r="B512" s="11"/>
+      <c r="C512" s="15"/>
+      <c r="D512" s="4"/>
+    </row>
+    <row r="513" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A513" s="4"/>
+      <c r="B513" s="11"/>
+      <c r="C513" s="15"/>
+      <c r="D513" s="4"/>
+    </row>
+    <row r="514" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A514" s="4"/>
+      <c r="B514" s="11"/>
+      <c r="C514" s="15"/>
+      <c r="D514" s="4"/>
+    </row>
+    <row r="515" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A515" s="4"/>
+      <c r="B515" s="11"/>
+      <c r="C515" s="15"/>
+      <c r="D515" s="4"/>
+    </row>
+    <row r="516" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A516" s="4"/>
+      <c r="B516" s="11"/>
+      <c r="C516" s="15"/>
+      <c r="D516" s="4"/>
+    </row>
+    <row r="517" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A517" s="4"/>
+      <c r="B517" s="11"/>
+      <c r="C517" s="15"/>
+      <c r="D517" s="4"/>
+    </row>
+    <row r="518" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A518" s="4"/>
+      <c r="B518" s="11"/>
+      <c r="C518" s="15"/>
+      <c r="D518" s="4"/>
+    </row>
+    <row r="519" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A519" s="4"/>
+      <c r="B519" s="11"/>
+      <c r="C519" s="15"/>
+      <c r="D519" s="4"/>
+    </row>
+    <row r="520" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A520" s="4"/>
+      <c r="B520" s="11"/>
+      <c r="C520" s="15"/>
+      <c r="D520" s="4"/>
+    </row>
+    <row r="521" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A521" s="4"/>
+      <c r="B521" s="11"/>
+      <c r="C521" s="15"/>
+      <c r="D521" s="4"/>
+    </row>
+    <row r="522" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A522" s="4"/>
+      <c r="B522" s="11"/>
+      <c r="C522" s="15"/>
+      <c r="D522" s="4"/>
+    </row>
+    <row r="523" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A523" s="4"/>
+      <c r="B523" s="11"/>
+      <c r="C523" s="15"/>
+      <c r="D523" s="4"/>
+    </row>
+    <row r="524" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A524" s="4"/>
+      <c r="B524" s="11"/>
+      <c r="C524" s="15"/>
+      <c r="D524" s="4"/>
+    </row>
+    <row r="525" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A525" s="4"/>
+      <c r="B525" s="11"/>
+      <c r="C525" s="15"/>
+      <c r="D525" s="4"/>
+    </row>
+    <row r="526" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A526" s="4"/>
+      <c r="B526" s="11"/>
+      <c r="C526" s="15"/>
+      <c r="D526" s="4"/>
+    </row>
+    <row r="527" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A527" s="4"/>
+      <c r="B527" s="11"/>
+      <c r="C527" s="15"/>
+      <c r="D527" s="4"/>
+    </row>
+    <row r="528" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A528" s="4"/>
+      <c r="B528" s="11"/>
+      <c r="C528" s="15"/>
+      <c r="D528" s="4"/>
+    </row>
+    <row r="529" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A529" s="4"/>
+      <c r="B529" s="11"/>
+      <c r="C529" s="15"/>
+      <c r="D529" s="4"/>
+    </row>
+    <row r="530" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A530" s="4"/>
+      <c r="B530" s="11"/>
+      <c r="C530" s="15"/>
+      <c r="D530" s="4"/>
+    </row>
+    <row r="531" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A531" s="4"/>
+      <c r="B531" s="11"/>
+      <c r="C531" s="15"/>
+      <c r="D531" s="4"/>
+    </row>
+    <row r="532" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A532" s="4"/>
+      <c r="B532" s="11"/>
+      <c r="C532" s="15"/>
+      <c r="D532" s="4"/>
+    </row>
+    <row r="533" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A533" s="4"/>
+      <c r="B533" s="11"/>
+      <c r="C533" s="15"/>
+      <c r="D533" s="4"/>
+    </row>
+    <row r="534" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A534" s="4"/>
+      <c r="B534" s="11"/>
+      <c r="C534" s="15"/>
+      <c r="D534" s="4"/>
+    </row>
+    <row r="535" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A535" s="4"/>
+      <c r="B535" s="11"/>
+      <c r="C535" s="15"/>
+      <c r="D535" s="4"/>
+    </row>
+    <row r="536" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A536" s="4"/>
+      <c r="B536" s="11"/>
+      <c r="C536" s="15"/>
+      <c r="D536" s="4"/>
+    </row>
+    <row r="537" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A537" s="4"/>
+      <c r="B537" s="11"/>
+      <c r="C537" s="15"/>
+      <c r="D537" s="4"/>
+    </row>
+    <row r="538" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A538" s="4"/>
+      <c r="B538" s="11"/>
+      <c r="C538" s="15"/>
+      <c r="D538" s="4"/>
+    </row>
+    <row r="539" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A539" s="4"/>
+      <c r="B539" s="11"/>
+      <c r="C539" s="15"/>
+      <c r="D539" s="4"/>
+    </row>
+    <row r="540" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A540" s="4"/>
+      <c r="B540" s="11"/>
+      <c r="C540" s="15"/>
+      <c r="D540" s="4"/>
+    </row>
+    <row r="541" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A541" s="4"/>
+      <c r="B541" s="11"/>
+      <c r="C541" s="15"/>
+      <c r="D541" s="4"/>
+    </row>
+    <row r="542" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A542" s="4"/>
+      <c r="B542" s="11"/>
+      <c r="C542" s="15"/>
+      <c r="D542" s="4"/>
+    </row>
+    <row r="543" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A543" s="4"/>
+      <c r="B543" s="11"/>
+      <c r="C543" s="15"/>
+      <c r="D543" s="4"/>
+    </row>
+    <row r="544" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A544" s="4"/>
+      <c r="B544" s="11"/>
+      <c r="C544" s="15"/>
+      <c r="D544" s="4"/>
+    </row>
+    <row r="545" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A545" s="4"/>
+      <c r="B545" s="11"/>
+      <c r="C545" s="15"/>
+      <c r="D545" s="4"/>
+    </row>
+    <row r="546" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A546" s="4"/>
+      <c r="B546" s="11"/>
+      <c r="C546" s="15"/>
+      <c r="D546" s="4"/>
+    </row>
+    <row r="547" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A547" s="4"/>
+      <c r="B547" s="11"/>
+      <c r="C547" s="15"/>
+      <c r="D547" s="4"/>
+    </row>
+    <row r="548" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A548" s="4"/>
+      <c r="B548" s="11"/>
+      <c r="C548" s="15"/>
+      <c r="D548" s="4"/>
+    </row>
+    <row r="549" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A549" s="4"/>
+      <c r="B549" s="11"/>
+      <c r="C549" s="15"/>
+      <c r="D549" s="4"/>
+    </row>
+    <row r="550" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A550" s="4"/>
+      <c r="B550" s="11"/>
+      <c r="C550" s="15"/>
+      <c r="D550" s="4"/>
+    </row>
+    <row r="551" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A551" s="4"/>
+      <c r="B551" s="11"/>
+      <c r="C551" s="15"/>
+      <c r="D551" s="4"/>
+    </row>
+    <row r="552" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A552" s="4"/>
+      <c r="B552" s="11"/>
+      <c r="C552" s="15"/>
+      <c r="D552" s="4"/>
+    </row>
+    <row r="553" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A553" s="4"/>
+      <c r="B553" s="11"/>
+      <c r="C553" s="15"/>
+      <c r="D553" s="4"/>
+    </row>
+    <row r="554" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A554" s="4"/>
+      <c r="B554" s="11"/>
+      <c r="C554" s="15"/>
+      <c r="D554" s="4"/>
+    </row>
+    <row r="555" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A555" s="4"/>
+      <c r="B555" s="11"/>
+      <c r="C555" s="15"/>
+      <c r="D555" s="4"/>
+    </row>
+    <row r="556" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A556" s="4"/>
+      <c r="B556" s="11"/>
+      <c r="C556" s="15"/>
+      <c r="D556" s="4"/>
+    </row>
+    <row r="557" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A557" s="4"/>
+      <c r="B557" s="11"/>
+      <c r="C557" s="15"/>
+      <c r="D557" s="4"/>
+    </row>
+    <row r="558" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A558" s="4"/>
+      <c r="B558" s="11"/>
+      <c r="C558" s="15"/>
+      <c r="D558" s="4"/>
+    </row>
+    <row r="559" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A559" s="4"/>
+      <c r="B559" s="11"/>
+      <c r="C559" s="15"/>
+      <c r="D559" s="4"/>
+    </row>
+    <row r="560" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A560" s="4"/>
+      <c r="B560" s="11"/>
+      <c r="C560" s="15"/>
+      <c r="D560" s="4"/>
+    </row>
+    <row r="561" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A561" s="4"/>
+      <c r="B561" s="11"/>
+      <c r="C561" s="15"/>
+      <c r="D561" s="4"/>
+    </row>
+    <row r="562" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A562" s="4"/>
+      <c r="B562" s="11"/>
+      <c r="C562" s="15"/>
+      <c r="D562" s="4"/>
+    </row>
+    <row r="563" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A563" s="4"/>
+      <c r="B563" s="11"/>
+      <c r="C563" s="15"/>
+      <c r="D563" s="4"/>
+    </row>
+    <row r="564" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A564" s="4"/>
+      <c r="B564" s="11"/>
+      <c r="C564" s="15"/>
+      <c r="D564" s="4"/>
+    </row>
+    <row r="565" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A565" s="4"/>
+      <c r="B565" s="11"/>
+      <c r="C565" s="15"/>
+      <c r="D565" s="4"/>
+    </row>
+    <row r="566" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A566" s="4"/>
+      <c r="B566" s="11"/>
+      <c r="C566" s="15"/>
+      <c r="D566" s="4"/>
+    </row>
+    <row r="567" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A567" s="4"/>
+      <c r="B567" s="11"/>
+      <c r="C567" s="15"/>
+      <c r="D567" s="4"/>
+    </row>
+    <row r="568" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A568" s="4"/>
+      <c r="B568" s="11"/>
+      <c r="C568" s="15"/>
+      <c r="D568" s="4"/>
+    </row>
+    <row r="569" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A569" s="4"/>
+      <c r="B569" s="11"/>
+      <c r="C569" s="15"/>
+      <c r="D569" s="4"/>
+    </row>
+    <row r="570" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A570" s="4"/>
+      <c r="B570" s="11"/>
+      <c r="C570" s="15"/>
+      <c r="D570" s="4"/>
+    </row>
+    <row r="571" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A571" s="4"/>
+      <c r="B571" s="11"/>
+      <c r="C571" s="15"/>
+      <c r="D571" s="4"/>
+    </row>
+    <row r="572" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A572" s="4"/>
+      <c r="B572" s="11"/>
+      <c r="C572" s="15"/>
+      <c r="D572" s="4"/>
+    </row>
+    <row r="573" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A573" s="4"/>
+      <c r="B573" s="11"/>
+      <c r="C573" s="15"/>
+      <c r="D573" s="4"/>
+    </row>
+    <row r="574" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A574" s="4"/>
+      <c r="B574" s="11"/>
+      <c r="C574" s="15"/>
+      <c r="D574" s="4"/>
+    </row>
+    <row r="575" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A575" s="4"/>
+      <c r="B575" s="11"/>
+      <c r="C575" s="15"/>
+      <c r="D575" s="4"/>
+    </row>
+    <row r="576" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A576" s="4"/>
+      <c r="B576" s="11"/>
+      <c r="C576" s="15"/>
+      <c r="D576" s="4"/>
+    </row>
+    <row r="577" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A577" s="4"/>
+      <c r="B577" s="11"/>
+      <c r="C577" s="15"/>
+      <c r="D577" s="4"/>
+    </row>
+    <row r="578" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A578" s="4"/>
+      <c r="B578" s="11"/>
+      <c r="C578" s="15"/>
+      <c r="D578" s="4"/>
+    </row>
+    <row r="579" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A579" s="4"/>
+      <c r="B579" s="11"/>
+      <c r="C579" s="15"/>
+      <c r="D579" s="4"/>
+    </row>
+    <row r="580" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A580" s="4"/>
+      <c r="B580" s="11"/>
+      <c r="C580" s="15"/>
+      <c r="D580" s="4"/>
+    </row>
+    <row r="581" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A581" s="4"/>
+      <c r="B581" s="11"/>
+      <c r="C581" s="15"/>
+      <c r="D581" s="4"/>
+    </row>
+    <row r="582" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A582" s="4"/>
+      <c r="B582" s="11"/>
+      <c r="C582" s="15"/>
+      <c r="D582" s="4"/>
+    </row>
+    <row r="583" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A583" s="4"/>
+      <c r="B583" s="11"/>
+      <c r="C583" s="15"/>
+      <c r="D583" s="4"/>
+    </row>
+    <row r="584" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A584" s="4"/>
+      <c r="B584" s="11"/>
+      <c r="C584" s="15"/>
+      <c r="D584" s="4"/>
+    </row>
+    <row r="585" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A585" s="4"/>
+      <c r="B585" s="11"/>
+      <c r="C585" s="15"/>
+      <c r="D585" s="4"/>
+    </row>
+    <row r="586" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A586" s="4"/>
+      <c r="B586" s="11"/>
+      <c r="C586" s="15"/>
+      <c r="D586" s="4"/>
+    </row>
+    <row r="587" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A587" s="4"/>
+      <c r="B587" s="11"/>
+      <c r="C587" s="15"/>
+      <c r="D587" s="4"/>
+    </row>
+    <row r="588" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A588" s="4"/>
+      <c r="B588" s="11"/>
+      <c r="C588" s="15"/>
+      <c r="D588" s="4"/>
+    </row>
+    <row r="589" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A589" s="4"/>
+      <c r="B589" s="11"/>
+      <c r="C589" s="15"/>
+      <c r="D589" s="4"/>
+    </row>
+    <row r="590" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A590" s="4"/>
+      <c r="B590" s="11"/>
+      <c r="C590" s="15"/>
+      <c r="D590" s="4"/>
+    </row>
+    <row r="591" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A591" s="4"/>
+      <c r="B591" s="11"/>
+      <c r="C591" s="15"/>
+      <c r="D591" s="4"/>
+    </row>
+    <row r="592" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A592" s="4"/>
+      <c r="B592" s="11"/>
+      <c r="C592" s="15"/>
+      <c r="D592" s="4"/>
+    </row>
+    <row r="593" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A593" s="4"/>
+      <c r="B593" s="11"/>
+      <c r="C593" s="15"/>
+      <c r="D593" s="4"/>
+    </row>
+    <row r="594" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A594" s="4"/>
+      <c r="B594" s="11"/>
+      <c r="C594" s="15"/>
+      <c r="D594" s="4"/>
+    </row>
+    <row r="595" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A595" s="4"/>
+      <c r="B595" s="11"/>
+      <c r="C595" s="15"/>
+      <c r="D595" s="4"/>
+    </row>
+    <row r="596" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A596" s="4"/>
+      <c r="B596" s="11"/>
+      <c r="C596" s="15"/>
+      <c r="D596" s="4"/>
+    </row>
+    <row r="597" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A597" s="4"/>
+      <c r="B597" s="11"/>
+      <c r="C597" s="15"/>
+      <c r="D597" s="4"/>
+    </row>
+    <row r="598" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A598" s="4"/>
+      <c r="B598" s="11"/>
+      <c r="C598" s="15"/>
+      <c r="D598" s="4"/>
+    </row>
+    <row r="599" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A599" s="4"/>
+      <c r="B599" s="11"/>
+      <c r="C599" s="15"/>
+      <c r="D599" s="4"/>
+    </row>
+    <row r="600" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A600" s="4"/>
+      <c r="B600" s="11"/>
+      <c r="C600" s="15"/>
+      <c r="D600" s="4"/>
+    </row>
+    <row r="601" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A601" s="4"/>
+      <c r="B601" s="11"/>
+      <c r="C601" s="15"/>
+      <c r="D601" s="4"/>
+    </row>
+    <row r="602" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A602" s="4"/>
+      <c r="B602" s="11"/>
+      <c r="C602" s="15"/>
+      <c r="D602" s="4"/>
+    </row>
+    <row r="603" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A603" s="4"/>
+      <c r="B603" s="11"/>
+      <c r="C603" s="15"/>
+      <c r="D603" s="4"/>
+    </row>
+    <row r="604" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A604" s="4"/>
+      <c r="B604" s="11"/>
+      <c r="C604" s="15"/>
+      <c r="D604" s="4"/>
+    </row>
+    <row r="605" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A605" s="4"/>
+      <c r="B605" s="11"/>
+      <c r="C605" s="15"/>
+      <c r="D605" s="4"/>
+    </row>
+    <row r="606" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A606" s="4"/>
+      <c r="B606" s="11"/>
+      <c r="C606" s="15"/>
+      <c r="D606" s="4"/>
+    </row>
+    <row r="607" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A607" s="4"/>
+      <c r="B607" s="11"/>
+      <c r="C607" s="15"/>
+      <c r="D607" s="4"/>
+    </row>
+    <row r="608" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A608" s="4"/>
+      <c r="B608" s="11"/>
+      <c r="C608" s="15"/>
+      <c r="D608" s="4"/>
+    </row>
+    <row r="609" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A609" s="4"/>
+      <c r="B609" s="11"/>
+      <c r="C609" s="15"/>
+      <c r="D609" s="4"/>
+    </row>
+    <row r="610" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A610" s="4"/>
+      <c r="B610" s="11"/>
+      <c r="C610" s="15"/>
+      <c r="D610" s="4"/>
+    </row>
+    <row r="611" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A611" s="4"/>
+      <c r="B611" s="11"/>
+      <c r="C611" s="15"/>
+      <c r="D611" s="4"/>
+    </row>
+    <row r="612" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A612" s="4"/>
+      <c r="B612" s="11"/>
+      <c r="C612" s="15"/>
+      <c r="D612" s="4"/>
+    </row>
+    <row r="613" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A613" s="4"/>
+      <c r="B613" s="11"/>
+      <c r="C613" s="15"/>
+      <c r="D613" s="4"/>
+    </row>
+    <row r="614" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A614" s="4"/>
+      <c r="B614" s="11"/>
+      <c r="C614" s="15"/>
+      <c r="D614" s="4"/>
+    </row>
+    <row r="615" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A615" s="4"/>
+      <c r="B615" s="11"/>
+      <c r="C615" s="15"/>
+      <c r="D615" s="4"/>
+    </row>
+    <row r="616" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A616" s="4"/>
+      <c r="B616" s="11"/>
+      <c r="C616" s="15"/>
+      <c r="D616" s="4"/>
+    </row>
+    <row r="617" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A617" s="4"/>
+      <c r="B617" s="11"/>
+      <c r="C617" s="15"/>
+      <c r="D617" s="4"/>
+    </row>
+    <row r="618" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A618" s="4"/>
+      <c r="B618" s="11"/>
+      <c r="C618" s="15"/>
+      <c r="D618" s="4"/>
+    </row>
+    <row r="619" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A619" s="4"/>
+      <c r="B619" s="11"/>
+      <c r="C619" s="15"/>
+      <c r="D619" s="4"/>
+    </row>
+    <row r="620" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A620" s="4"/>
+      <c r="B620" s="11"/>
+      <c r="C620" s="15"/>
+      <c r="D620" s="4"/>
+    </row>
+    <row r="621" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A621" s="4"/>
+      <c r="B621" s="11"/>
+      <c r="C621" s="15"/>
+      <c r="D621" s="4"/>
+    </row>
+    <row r="622" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A622" s="4"/>
+      <c r="B622" s="11"/>
+      <c r="C622" s="15"/>
+      <c r="D622" s="4"/>
+    </row>
+    <row r="623" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A623" s="4"/>
+      <c r="B623" s="11"/>
+      <c r="C623" s="15"/>
+      <c r="D623" s="4"/>
+    </row>
+    <row r="624" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A624" s="4"/>
+      <c r="B624" s="11"/>
+      <c r="C624" s="15"/>
+      <c r="D624" s="4"/>
+    </row>
+    <row r="625" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A625" s="4"/>
+      <c r="B625" s="11"/>
+      <c r="C625" s="15"/>
+      <c r="D625" s="4"/>
+    </row>
+    <row r="626" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A626" s="4"/>
+      <c r="B626" s="11"/>
+      <c r="C626" s="15"/>
+      <c r="D626" s="4"/>
+    </row>
+    <row r="627" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A627" s="4"/>
+      <c r="B627" s="11"/>
+      <c r="C627" s="15"/>
+      <c r="D627" s="4"/>
+    </row>
+    <row r="628" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A628" s="4"/>
+      <c r="B628" s="11"/>
+      <c r="C628" s="15"/>
+      <c r="D628" s="4"/>
+    </row>
+    <row r="629" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A629" s="4"/>
+      <c r="B629" s="11"/>
+      <c r="C629" s="15"/>
+      <c r="D629" s="4"/>
+    </row>
+    <row r="630" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A630" s="4"/>
+      <c r="B630" s="11"/>
+      <c r="C630" s="15"/>
+      <c r="D630" s="4"/>
+    </row>
+    <row r="631" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A631" s="4"/>
+      <c r="B631" s="11"/>
+      <c r="C631" s="15"/>
+      <c r="D631" s="4"/>
+    </row>
+    <row r="632" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A632" s="4"/>
+      <c r="B632" s="11"/>
+      <c r="C632" s="15"/>
+      <c r="D632" s="4"/>
+    </row>
+    <row r="633" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A633" s="4"/>
+      <c r="B633" s="11"/>
+      <c r="C633" s="15"/>
+      <c r="D633" s="4"/>
+    </row>
+    <row r="634" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A634" s="4"/>
+      <c r="B634" s="11"/>
+      <c r="C634" s="15"/>
+      <c r="D634" s="4"/>
+    </row>
+    <row r="635" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A635" s="4"/>
+      <c r="B635" s="11"/>
+      <c r="C635" s="15"/>
+      <c r="D635" s="4"/>
+    </row>
+    <row r="636" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A636" s="4"/>
+      <c r="B636" s="11"/>
+      <c r="C636" s="15"/>
+      <c r="D636" s="4"/>
+    </row>
+    <row r="637" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A637" s="4"/>
+      <c r="B637" s="11"/>
+      <c r="C637" s="15"/>
+      <c r="D637" s="4"/>
+    </row>
+    <row r="638" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A638" s="4"/>
+      <c r="B638" s="11"/>
+      <c r="C638" s="15"/>
+      <c r="D638" s="4"/>
+    </row>
+    <row r="639" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A639" s="4"/>
+      <c r="B639" s="11"/>
+      <c r="C639" s="15"/>
+      <c r="D639" s="4"/>
+    </row>
+    <row r="640" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A640" s="4"/>
+      <c r="B640" s="11"/>
+      <c r="C640" s="15"/>
+      <c r="D640" s="4"/>
+    </row>
+    <row r="641" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A641" s="4"/>
+      <c r="B641" s="11"/>
+      <c r="C641" s="15"/>
+      <c r="D641" s="4"/>
+    </row>
+    <row r="642" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A642" s="4"/>
+      <c r="B642" s="11"/>
+      <c r="C642" s="15"/>
+      <c r="D642" s="4"/>
+    </row>
+    <row r="643" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A643" s="4"/>
+      <c r="B643" s="11"/>
+      <c r="C643" s="15"/>
+      <c r="D643" s="4"/>
+    </row>
+    <row r="644" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A644" s="4"/>
+      <c r="B644" s="11"/>
+      <c r="C644" s="15"/>
+      <c r="D644" s="4"/>
+    </row>
+    <row r="645" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A645" s="4"/>
+      <c r="B645" s="11"/>
+      <c r="C645" s="15"/>
+      <c r="D645" s="4"/>
+    </row>
+    <row r="646" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A646" s="4"/>
+      <c r="B646" s="11"/>
+      <c r="C646" s="15"/>
+      <c r="D646" s="4"/>
+    </row>
+    <row r="647" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A647" s="4"/>
+      <c r="B647" s="11"/>
+      <c r="C647" s="15"/>
+      <c r="D647" s="4"/>
+    </row>
+    <row r="648" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A648" s="4"/>
+      <c r="B648" s="11"/>
+      <c r="C648" s="15"/>
+      <c r="D648" s="4"/>
+    </row>
+    <row r="649" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A649" s="4"/>
+      <c r="B649" s="11"/>
+      <c r="C649" s="15"/>
+      <c r="D649" s="4"/>
+    </row>
+    <row r="650" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A650" s="4"/>
+      <c r="B650" s="11"/>
+      <c r="C650" s="15"/>
+      <c r="D650" s="4"/>
+    </row>
+    <row r="651" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A651" s="4"/>
+      <c r="B651" s="11"/>
+      <c r="C651" s="15"/>
+      <c r="D651" s="4"/>
+    </row>
+    <row r="652" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A652" s="4"/>
+      <c r="B652" s="11"/>
+      <c r="C652" s="15"/>
+      <c r="D652" s="4"/>
+    </row>
+    <row r="653" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A653" s="4"/>
+      <c r="B653" s="11"/>
+      <c r="C653" s="15"/>
+      <c r="D653" s="4"/>
+    </row>
+    <row r="654" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A654" s="4"/>
+      <c r="B654" s="11"/>
+      <c r="C654" s="15"/>
+      <c r="D654" s="4"/>
+    </row>
+    <row r="655" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A655" s="4"/>
+      <c r="B655" s="11"/>
+      <c r="C655" s="15"/>
+      <c r="D655" s="4"/>
+    </row>
+    <row r="656" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A656" s="4"/>
+      <c r="B656" s="11"/>
+      <c r="C656" s="15"/>
+      <c r="D656" s="4"/>
+    </row>
+    <row r="657" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A657" s="4"/>
+      <c r="B657" s="11"/>
+      <c r="C657" s="15"/>
+      <c r="D657" s="4"/>
+    </row>
+    <row r="658" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A658" s="4"/>
+      <c r="B658" s="11"/>
+      <c r="C658" s="15"/>
+      <c r="D658" s="4"/>
+    </row>
+    <row r="659" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A659" s="4"/>
+      <c r="B659" s="11"/>
+      <c r="C659" s="15"/>
+      <c r="D659" s="4"/>
+    </row>
+    <row r="660" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A660" s="4"/>
+      <c r="B660" s="11"/>
+      <c r="C660" s="15"/>
+      <c r="D660" s="4"/>
+    </row>
+    <row r="661" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A661" s="4"/>
+      <c r="B661" s="11"/>
+      <c r="C661" s="15"/>
+      <c r="D661" s="4"/>
+    </row>
+    <row r="662" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A662" s="4"/>
+      <c r="B662" s="11"/>
+      <c r="C662" s="15"/>
+      <c r="D662" s="4"/>
+    </row>
+    <row r="663" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A663" s="4"/>
+      <c r="B663" s="11"/>
+      <c r="C663" s="15"/>
+      <c r="D663" s="4"/>
+    </row>
+    <row r="664" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A664" s="4"/>
+      <c r="B664" s="11"/>
+      <c r="C664" s="15"/>
+      <c r="D664" s="4"/>
+    </row>
+    <row r="665" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A665" s="4"/>
+      <c r="B665" s="11"/>
+      <c r="C665" s="15"/>
+      <c r="D665" s="4"/>
+    </row>
+    <row r="666" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A666" s="4"/>
+      <c r="B666" s="11"/>
+      <c r="C666" s="15"/>
+      <c r="D666" s="4"/>
+    </row>
+    <row r="667" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A667" s="4"/>
+      <c r="B667" s="11"/>
+      <c r="C667" s="15"/>
+      <c r="D667" s="4"/>
+    </row>
+    <row r="668" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A668" s="4"/>
+      <c r="B668" s="11"/>
+      <c r="C668" s="15"/>
+      <c r="D668" s="4"/>
+    </row>
+    <row r="669" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A669" s="4"/>
+      <c r="B669" s="11"/>
+      <c r="C669" s="15"/>
+      <c r="D669" s="4"/>
+    </row>
+    <row r="670" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A670" s="4"/>
+      <c r="B670" s="11"/>
+      <c r="C670" s="15"/>
+      <c r="D670" s="4"/>
+    </row>
+    <row r="671" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A671" s="4"/>
+      <c r="B671" s="11"/>
+      <c r="C671" s="15"/>
+      <c r="D671" s="4"/>
+    </row>
+    <row r="672" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A672" s="4"/>
+      <c r="B672" s="11"/>
+      <c r="C672" s="15"/>
+      <c r="D672" s="4"/>
+    </row>
+    <row r="673" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A673" s="4"/>
+      <c r="B673" s="11"/>
+      <c r="C673" s="15"/>
+      <c r="D673" s="4"/>
+    </row>
+    <row r="674" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A674" s="4"/>
+      <c r="B674" s="11"/>
+      <c r="C674" s="15"/>
+      <c r="D674" s="4"/>
+    </row>
+    <row r="675" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A675" s="4"/>
+      <c r="B675" s="11"/>
+      <c r="C675" s="15"/>
+      <c r="D675" s="4"/>
+    </row>
+    <row r="676" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A676" s="4"/>
+      <c r="B676" s="11"/>
+      <c r="C676" s="15"/>
+      <c r="D676" s="4"/>
+    </row>
+    <row r="677" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A677" s="4"/>
+      <c r="B677" s="11"/>
+      <c r="C677" s="15"/>
+      <c r="D677" s="4"/>
+    </row>
+    <row r="678" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A678" s="4"/>
+      <c r="B678" s="11"/>
+      <c r="C678" s="15"/>
+      <c r="D678" s="4"/>
+    </row>
+    <row r="679" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A679" s="4"/>
+      <c r="B679" s="11"/>
+      <c r="C679" s="15"/>
+      <c r="D679" s="4"/>
+    </row>
+    <row r="680" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A680" s="4"/>
+      <c r="B680" s="11"/>
+      <c r="C680" s="15"/>
+      <c r="D680" s="4"/>
+    </row>
+    <row r="681" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A681" s="4"/>
+      <c r="B681" s="11"/>
+      <c r="C681" s="15"/>
+      <c r="D681" s="4"/>
+    </row>
+    <row r="682" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A682" s="4"/>
+      <c r="B682" s="11"/>
+      <c r="C682" s="15"/>
+      <c r="D682" s="4"/>
+    </row>
+    <row r="683" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A683" s="4"/>
+      <c r="B683" s="11"/>
+      <c r="C683" s="15"/>
+      <c r="D683" s="4"/>
+    </row>
+    <row r="684" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A684" s="4"/>
+      <c r="B684" s="11"/>
+      <c r="C684" s="15"/>
+      <c r="D684" s="4"/>
+    </row>
+    <row r="685" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A685" s="4"/>
+      <c r="B685" s="11"/>
+      <c r="C685" s="15"/>
+      <c r="D685" s="4"/>
+    </row>
+    <row r="686" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A686" s="4"/>
+      <c r="B686" s="11"/>
+      <c r="C686" s="15"/>
+      <c r="D686" s="4"/>
+    </row>
+    <row r="687" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A687" s="4"/>
+      <c r="B687" s="11"/>
+      <c r="C687" s="15"/>
+      <c r="D687" s="4"/>
+    </row>
+    <row r="688" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A688" s="4"/>
+      <c r="B688" s="11"/>
+      <c r="C688" s="15"/>
+      <c r="D688" s="4"/>
+    </row>
+    <row r="689" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A689" s="4"/>
+      <c r="B689" s="11"/>
+      <c r="C689" s="15"/>
+      <c r="D689" s="4"/>
+    </row>
+    <row r="690" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A690" s="4"/>
+      <c r="B690" s="11"/>
+      <c r="C690" s="15"/>
+      <c r="D690" s="4"/>
+    </row>
+    <row r="691" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A691" s="4"/>
+      <c r="B691" s="11"/>
+      <c r="C691" s="15"/>
+      <c r="D691" s="4"/>
+    </row>
+    <row r="692" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A692" s="4"/>
+      <c r="B692" s="11"/>
+      <c r="C692" s="15"/>
+      <c r="D692" s="4"/>
+    </row>
+    <row r="693" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A693" s="4"/>
+      <c r="B693" s="11"/>
+      <c r="C693" s="15"/>
+      <c r="D693" s="4"/>
+    </row>
+    <row r="694" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A694" s="4"/>
+      <c r="B694" s="11"/>
+      <c r="C694" s="15"/>
+      <c r="D694" s="4"/>
+    </row>
+    <row r="695" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A695" s="4"/>
+      <c r="B695" s="11"/>
+      <c r="C695" s="15"/>
+      <c r="D695" s="4"/>
+    </row>
+    <row r="696" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A696" s="4"/>
+      <c r="B696" s="11"/>
+      <c r="C696" s="15"/>
+      <c r="D696" s="4"/>
+    </row>
+    <row r="697" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A697" s="4"/>
+      <c r="B697" s="11"/>
+      <c r="C697" s="15"/>
+      <c r="D697" s="4"/>
+    </row>
+    <row r="698" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A698" s="4"/>
+      <c r="B698" s="11"/>
+      <c r="C698" s="15"/>
+      <c r="D698" s="4"/>
+    </row>
+    <row r="699" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A699" s="4"/>
+      <c r="B699" s="11"/>
+      <c r="C699" s="15"/>
+      <c r="D699" s="4"/>
+    </row>
+    <row r="700" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A700" s="4"/>
+      <c r="B700" s="11"/>
+      <c r="C700" s="15"/>
+      <c r="D700" s="4"/>
+    </row>
+    <row r="701" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A701" s="4"/>
+      <c r="B701" s="11"/>
+      <c r="C701" s="15"/>
+      <c r="D701" s="4"/>
+    </row>
+    <row r="702" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A702" s="4"/>
+      <c r="B702" s="11"/>
+      <c r="C702" s="15"/>
+      <c r="D702" s="4"/>
+    </row>
+    <row r="703" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A703" s="4"/>
+      <c r="B703" s="11"/>
+      <c r="C703" s="15"/>
+      <c r="D703" s="4"/>
+    </row>
+    <row r="704" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A704" s="4"/>
+      <c r="B704" s="11"/>
+      <c r="C704" s="15"/>
+      <c r="D704" s="4"/>
+    </row>
+    <row r="705" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A705" s="4"/>
+      <c r="B705" s="11"/>
+      <c r="C705" s="15"/>
+      <c r="D705" s="4"/>
+    </row>
+    <row r="706" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A706" s="4"/>
+      <c r="B706" s="11"/>
+      <c r="C706" s="15"/>
+      <c r="D706" s="4"/>
+    </row>
+    <row r="707" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A707" s="4"/>
+      <c r="B707" s="11"/>
+      <c r="C707" s="15"/>
+      <c r="D707" s="4"/>
+    </row>
+    <row r="708" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A708" s="4"/>
+      <c r="B708" s="11"/>
+      <c r="C708" s="15"/>
+      <c r="D708" s="4"/>
+    </row>
+    <row r="709" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A709" s="4"/>
+      <c r="B709" s="11"/>
+      <c r="C709" s="15"/>
+      <c r="D709" s="4"/>
+    </row>
+    <row r="710" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A710" s="4"/>
+      <c r="B710" s="11"/>
+      <c r="C710" s="15"/>
+      <c r="D710" s="4"/>
+    </row>
+    <row r="711" spans="1:4" s="19" customFormat="1" ht="12.75">
+      <c r="A711" s="4"/>
+      <c r="B711" s="11"/>
+      <c r="C711" s="15"/>
+      <c r="D711" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A1:D1"/>
+    <mergeCell ref="A3:C3"/>
     <mergeCell ref="A4:C4"/>
     <mergeCell ref="A5:C5"/>
-    <mergeCell ref="A11:C11"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup fitToHeight="0" orientation="portrait" paperSize="9" scale="91" r:id="rId2"/>
+  <pageSetup fitToHeight="0" orientation="portrait" paperSize="9" scale="87" r:id="rId2"/>
   <headerFooter>
     <oddFooter>&amp;LStav ke dni 1.1.2023&amp;C&amp;P&amp;RVerze 5.0.</oddFooter>
   </headerFooter>
   <rowBreaks count="7" manualBreakCount="7">
-    <brk id="53" max="3" man="1"/>
-[...5 lines deleted...]
-    <brk id="399" max="3" man="1"/>
+    <brk id="47" max="3" man="1"/>
+    <brk id="97" max="3" man="1"/>
+    <brk id="152" max="3" man="1"/>
+    <brk id="210" max="3" man="1"/>
+    <brk id="269" max="3" man="1"/>
+    <brk id="331" max="3" man="1"/>
+    <brk id="393" max="3" man="1"/>
   </rowBreaks>
   <ignoredErrors>
-    <ignoredError sqref="D5:D8" numberStoredAsText="1"/>
+    <ignoredError sqref="D4" numberStoredAsText="1"/>
   </ignoredErrors>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:D77"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="120" zoomScaleSheetLayoutView="120" workbookViewId="0" topLeftCell="A1">
       <selection pane="topLeft" activeCell="A1" sqref="A1:D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="9" style="56" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="16384" width="9.14285714285714" style="34"/>
+    <col min="1" max="1" width="9" style="54" customWidth="1"/>
+    <col min="2" max="3" width="15.8571428571429" style="54" customWidth="1"/>
+    <col min="4" max="4" width="55.1428571428571" style="32" customWidth="1"/>
+    <col min="5" max="16384" width="9.14285714285714" style="32"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="18.75">
-      <c r="A1" s="111" t="s">
-[...4 lines deleted...]
-      <c r="D1" s="111"/>
+      <c r="A1" s="92" t="s">
+        <v>978</v>
+      </c>
+      <c r="B1" s="92"/>
+      <c r="C1" s="92"/>
+      <c r="D1" s="92"/>
     </row>
     <row r="2" spans="1:4" ht="15.75">
-      <c r="A2" s="35"/>
-[...2 lines deleted...]
-      <c r="D2" s="37"/>
+      <c r="A2" s="33"/>
+      <c r="B2" s="34"/>
+      <c r="C2" s="34"/>
+      <c r="D2" s="35"/>
     </row>
     <row r="3" spans="1:4" ht="15.75">
-      <c r="A3" s="112" t="s">
+      <c r="A3" s="93" t="s">
+        <v>891</v>
+      </c>
+      <c r="B3" s="94"/>
+      <c r="C3" s="94"/>
+      <c r="D3" s="95"/>
+    </row>
+    <row r="4" spans="1:4" ht="15.75">
+      <c r="A4" s="96" t="s">
         <v>892</v>
       </c>
-      <c r="B3" s="113"/>
-[...4 lines deleted...]
-      <c r="A4" s="115" t="s">
+      <c r="B4" s="97"/>
+      <c r="C4" s="97"/>
+      <c r="D4" s="98"/>
+    </row>
+    <row r="5" spans="1:4" ht="12.75">
+      <c r="A5" s="30" t="s">
+        <v>890</v>
+      </c>
+      <c r="B5" s="30" t="s">
         <v>893</v>
       </c>
-      <c r="B4" s="116"/>
-[...7 lines deleted...]
-      <c r="B5" s="32" t="s">
+      <c r="C5" s="30" t="s">
         <v>894</v>
       </c>
-      <c r="C5" s="32" t="s">
+      <c r="D5" s="30" t="s">
         <v>895</v>
       </c>
-      <c r="D5" s="32" t="s">
+    </row>
+    <row r="6" spans="1:4" ht="15.75">
+      <c r="A6" s="88" t="s">
         <v>896</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" s="107" t="s">
+      <c r="B6" s="89"/>
+      <c r="C6" s="89"/>
+      <c r="D6" s="91"/>
+    </row>
+    <row r="7" spans="1:4" ht="13.5">
+      <c r="A7" s="36" t="s">
+        <v>247</v>
+      </c>
+      <c r="B7" s="36" t="s">
+        <v>248</v>
+      </c>
+      <c r="C7" s="36" t="s">
+        <v>660</v>
+      </c>
+      <c r="D7" s="37" t="s">
         <v>897</v>
       </c>
-      <c r="B6" s="108"/>
-[...13 lines deleted...]
-      <c r="D7" s="39" t="s">
+    </row>
+    <row r="8" spans="1:4" ht="26.25">
+      <c r="A8" s="38"/>
+      <c r="B8" s="38"/>
+      <c r="C8" s="38"/>
+      <c r="D8" s="39" t="s">
         <v>898</v>
       </c>
     </row>
-    <row r="8" spans="1:4" ht="26.25">
-[...3 lines deleted...]
-      <c r="D8" s="41" t="s">
+    <row r="9" spans="1:4" ht="13.5">
+      <c r="A9" s="36" t="s">
+        <v>251</v>
+      </c>
+      <c r="B9" s="36" t="s">
+        <v>252</v>
+      </c>
+      <c r="C9" s="36" t="s">
+        <v>662</v>
+      </c>
+      <c r="D9" s="39" t="s">
         <v>899</v>
       </c>
     </row>
-    <row r="9" spans="1:4" ht="13.5">
-[...9 lines deleted...]
-      <c r="D9" s="41" t="s">
+    <row r="10" spans="1:4" ht="13.5">
+      <c r="A10" s="40" t="s">
+        <v>268</v>
+      </c>
+      <c r="B10" s="40" t="s">
+        <v>269</v>
+      </c>
+      <c r="C10" s="40" t="s">
+        <v>669</v>
+      </c>
+      <c r="D10" s="41" t="s">
         <v>900</v>
       </c>
     </row>
-    <row r="10" spans="1:4" ht="13.5">
-[...9 lines deleted...]
-      <c r="D10" s="43" t="s">
+    <row r="11" spans="1:4" ht="13.5">
+      <c r="A11" s="42"/>
+      <c r="B11" s="42"/>
+      <c r="C11" s="42"/>
+      <c r="D11" s="39" t="s">
         <v>901</v>
       </c>
     </row>
-    <row r="11" spans="1:4" ht="13.5">
-[...3 lines deleted...]
-      <c r="D11" s="41" t="s">
+    <row r="12" spans="1:4" ht="13.5">
+      <c r="A12" s="36" t="s">
+        <v>272</v>
+      </c>
+      <c r="B12" s="36" t="s">
+        <v>273</v>
+      </c>
+      <c r="C12" s="36" t="s">
+        <v>671</v>
+      </c>
+      <c r="D12" s="39" t="s">
         <v>902</v>
       </c>
     </row>
-    <row r="12" spans="1:4" ht="13.5">
-[...9 lines deleted...]
-      <c r="D12" s="41" t="s">
+    <row r="13" spans="1:4" ht="13.5">
+      <c r="A13" s="40" t="s">
+        <v>281</v>
+      </c>
+      <c r="B13" s="40" t="s">
+        <v>282</v>
+      </c>
+      <c r="C13" s="36" t="s">
+        <v>675</v>
+      </c>
+      <c r="D13" s="41" t="s">
         <v>903</v>
       </c>
     </row>
-    <row r="13" spans="1:4" ht="13.5">
-[...9 lines deleted...]
-      <c r="D13" s="43" t="s">
+    <row r="14" spans="1:4" ht="12.75">
+      <c r="A14" s="43"/>
+      <c r="B14" s="43"/>
+      <c r="C14" s="60"/>
+      <c r="D14" s="74" t="s">
+        <v>1249</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" ht="12.75">
+      <c r="A15" s="43"/>
+      <c r="B15" s="43"/>
+      <c r="C15" s="60"/>
+      <c r="D15" s="74" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" ht="12.75">
+      <c r="A16" s="43"/>
+      <c r="B16" s="43"/>
+      <c r="C16" s="38"/>
+      <c r="D16" s="38" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" ht="12.75">
+      <c r="A17" s="43"/>
+      <c r="B17" s="43"/>
+      <c r="C17" s="38"/>
+      <c r="D17" s="38" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" ht="25.5">
+      <c r="A18" s="43"/>
+      <c r="B18" s="43"/>
+      <c r="C18" s="38"/>
+      <c r="D18" s="38" t="s">
         <v>904</v>
       </c>
     </row>
-    <row r="14" spans="1:4" ht="12.75">
-[...35 lines deleted...]
-      <c r="D18" s="40" t="s">
+    <row r="19" spans="1:4" ht="12.75">
+      <c r="A19" s="43"/>
+      <c r="B19" s="43"/>
+      <c r="C19" s="38"/>
+      <c r="D19" s="38" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" ht="12.75">
+      <c r="A20" s="43"/>
+      <c r="B20" s="43"/>
+      <c r="C20" s="43"/>
+      <c r="D20" s="43" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" ht="12.75">
+      <c r="A21" s="43"/>
+      <c r="B21" s="43"/>
+      <c r="C21" s="43"/>
+      <c r="D21" s="43" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" ht="12.75">
+      <c r="A22" s="43"/>
+      <c r="B22" s="43"/>
+      <c r="C22" s="43"/>
+      <c r="D22" s="31" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" ht="12.75">
+      <c r="A23" s="43"/>
+      <c r="B23" s="43"/>
+      <c r="C23" s="38"/>
+      <c r="D23" s="38" t="s">
         <v>905</v>
       </c>
     </row>
-    <row r="19" spans="1:4" ht="12.75">
-[...35 lines deleted...]
-      <c r="D23" s="40" t="s">
+    <row r="24" spans="1:4" ht="39">
+      <c r="A24" s="42"/>
+      <c r="B24" s="42"/>
+      <c r="C24" s="44"/>
+      <c r="D24" s="62" t="s">
+        <v>1304</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" ht="13.5">
+      <c r="A25" s="36" t="s">
+        <v>352</v>
+      </c>
+      <c r="B25" s="36" t="s">
+        <v>353</v>
+      </c>
+      <c r="C25" s="36" t="s">
+        <v>699</v>
+      </c>
+      <c r="D25" s="39" t="s">
         <v>906</v>
       </c>
     </row>
-    <row r="24" spans="1:4" ht="39">
-[...17 lines deleted...]
-      <c r="D25" s="41" t="s">
+    <row r="26" spans="1:4" ht="26.25">
+      <c r="A26" s="58" t="s">
+        <v>458</v>
+      </c>
+      <c r="B26" s="58" t="s">
+        <v>459</v>
+      </c>
+      <c r="C26" s="58" t="s">
+        <v>742</v>
+      </c>
+      <c r="D26" s="59" t="s">
         <v>907</v>
       </c>
     </row>
-    <row r="26" spans="1:4" ht="26.25">
-[...9 lines deleted...]
-      <c r="D26" s="66" t="s">
+    <row r="27" spans="1:4" ht="13.5">
+      <c r="A27" s="36" t="s">
+        <v>460</v>
+      </c>
+      <c r="B27" s="36" t="s">
+        <v>461</v>
+      </c>
+      <c r="C27" s="36" t="s">
+        <v>743</v>
+      </c>
+      <c r="D27" s="45" t="s">
         <v>908</v>
       </c>
     </row>
-    <row r="27" spans="1:4" ht="13.5">
-[...9 lines deleted...]
-      <c r="D27" s="47" t="s">
+    <row r="28" spans="1:4" ht="13.5">
+      <c r="A28" s="36" t="s">
+        <v>493</v>
+      </c>
+      <c r="B28" s="36" t="s">
+        <v>494</v>
+      </c>
+      <c r="C28" s="36" t="s">
+        <v>755</v>
+      </c>
+      <c r="D28" s="41" t="s">
         <v>909</v>
       </c>
     </row>
-    <row r="28" spans="1:4" ht="13.5">
-[...9 lines deleted...]
-      <c r="D28" s="43" t="s">
+    <row r="29" spans="1:4" ht="13.5">
+      <c r="A29" s="38"/>
+      <c r="B29" s="38"/>
+      <c r="C29" s="38"/>
+      <c r="D29" s="39" t="s">
         <v>910</v>
       </c>
     </row>
-    <row r="29" spans="1:4" ht="13.5">
-[...3 lines deleted...]
-      <c r="D29" s="41" t="s">
+    <row r="30" spans="1:4" ht="90">
+      <c r="A30" s="36" t="s">
+        <v>287</v>
+      </c>
+      <c r="B30" s="36" t="s">
+        <v>288</v>
+      </c>
+      <c r="C30" s="36" t="s">
+        <v>677</v>
+      </c>
+      <c r="D30" s="62" t="s">
+        <v>1305</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" ht="15.75">
+      <c r="A31" s="3" t="s">
         <v>911</v>
       </c>
-    </row>
-[...15 lines deleted...]
-      <c r="A31" s="104" t="s">
+      <c r="B31" s="2"/>
+      <c r="C31" s="2"/>
+      <c r="D31" s="1"/>
+    </row>
+    <row r="32" spans="1:4" ht="13.5">
+      <c r="A32" s="46" t="s">
         <v>912</v>
       </c>
-      <c r="B31" s="105"/>
-[...4 lines deleted...]
-      <c r="A32" s="48" t="s">
+      <c r="B32" s="46" t="s">
+        <v>403</v>
+      </c>
+      <c r="C32" s="46" t="s">
+        <v>721</v>
+      </c>
+      <c r="D32" s="47" t="s">
         <v>913</v>
       </c>
-      <c r="B32" s="48" t="s">
-[...5 lines deleted...]
-      <c r="D32" s="49" t="s">
+    </row>
+    <row r="33" spans="1:4" ht="13.5">
+      <c r="A33" s="46" t="s">
         <v>914</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A33" s="48" t="s">
+      <c r="B33" s="46" t="s">
+        <v>156</v>
+      </c>
+      <c r="C33" s="48" t="s">
+        <v>156</v>
+      </c>
+      <c r="D33" s="49" t="s">
         <v>915</v>
       </c>
-      <c r="B33" s="48" t="s">
-[...5 lines deleted...]
-      <c r="D33" s="51" t="s">
+    </row>
+    <row r="34" spans="1:4" ht="38.25">
+      <c r="A34" s="46" t="s">
         <v>916</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A34" s="48" t="s">
+      <c r="B34" s="46" t="s">
         <v>917</v>
       </c>
-      <c r="B34" s="48" t="s">
+      <c r="C34" s="48" t="s">
+        <v>695</v>
+      </c>
+      <c r="D34" s="49" t="s">
         <v>918</v>
       </c>
-      <c r="C34" s="50" t="s">
-[...2 lines deleted...]
-      <c r="D34" s="51" t="s">
+    </row>
+    <row r="35" spans="1:4" ht="13.5">
+      <c r="A35" s="46" t="s">
         <v>919</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A35" s="48" t="s">
+      <c r="B35" s="46" t="s">
+        <v>371</v>
+      </c>
+      <c r="C35" s="48" t="s">
+        <v>706</v>
+      </c>
+      <c r="D35" s="49" t="s">
         <v>920</v>
       </c>
-      <c r="B35" s="48" t="s">
-[...5 lines deleted...]
-      <c r="D35" s="51" t="s">
+    </row>
+    <row r="36" spans="1:4" ht="26.25">
+      <c r="A36" s="46" t="s">
         <v>921</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A36" s="48" t="s">
+      <c r="B36" s="46" t="s">
+        <v>435</v>
+      </c>
+      <c r="C36" s="46" t="s">
+        <v>732</v>
+      </c>
+      <c r="D36" s="47" t="s">
         <v>922</v>
       </c>
-      <c r="B36" s="48" t="s">
-[...5 lines deleted...]
-      <c r="D36" s="49" t="s">
+    </row>
+    <row r="37" spans="1:4" ht="15.75" customHeight="1">
+      <c r="A37" s="46" t="s">
         <v>923</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A37" s="48" t="s">
+      <c r="B37" s="46" t="s">
+        <v>516</v>
+      </c>
+      <c r="C37" s="46" t="s">
+        <v>762</v>
+      </c>
+      <c r="D37" s="47" t="s">
         <v>924</v>
       </c>
-      <c r="B37" s="48" t="s">
-[...5 lines deleted...]
-      <c r="D37" s="49" t="s">
+    </row>
+    <row r="38" spans="1:4" ht="38.25">
+      <c r="A38" s="46" t="s">
         <v>925</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A38" s="48" t="s">
+      <c r="B38" s="46" t="s">
         <v>926</v>
       </c>
-      <c r="B38" s="48" t="s">
+      <c r="C38" s="48" t="s">
+        <v>766</v>
+      </c>
+      <c r="D38" s="49" t="s">
         <v>927</v>
       </c>
-      <c r="C38" s="50" t="s">
-[...2 lines deleted...]
-      <c r="D38" s="51" t="s">
+    </row>
+    <row r="39" spans="1:4" ht="25.5">
+      <c r="A39" s="46" t="s">
         <v>928</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A39" s="48" t="s">
+      <c r="B39" s="46" t="s">
+        <v>576</v>
+      </c>
+      <c r="C39" s="46" t="s">
+        <v>786</v>
+      </c>
+      <c r="D39" s="49" t="s">
         <v>929</v>
       </c>
-      <c r="B39" s="48" t="s">
-[...5 lines deleted...]
-      <c r="D39" s="51" t="s">
+    </row>
+    <row r="40" spans="1:4" ht="15.75">
+      <c r="A40" s="3" t="s">
         <v>930</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A40" s="104" t="s">
+      <c r="B40" s="2"/>
+      <c r="C40" s="2"/>
+      <c r="D40" s="1"/>
+    </row>
+    <row r="41" spans="1:4" ht="25.5">
+      <c r="A41" s="46" t="s">
         <v>931</v>
       </c>
-      <c r="B40" s="105"/>
-[...4 lines deleted...]
-      <c r="A41" s="48" t="s">
+      <c r="B41" s="46" t="s">
+        <v>584</v>
+      </c>
+      <c r="C41" s="46" t="s">
+        <v>789</v>
+      </c>
+      <c r="D41" s="47" t="s">
         <v>932</v>
       </c>
-      <c r="B41" s="48" t="s">
-[...5 lines deleted...]
-      <c r="D41" s="49" t="s">
+    </row>
+    <row r="42" spans="1:4" ht="13.5">
+      <c r="A42" s="46" t="s">
         <v>933</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A42" s="48" t="s">
+      <c r="B42" s="46" t="s">
+        <v>290</v>
+      </c>
+      <c r="C42" s="48" t="s">
+        <v>290</v>
+      </c>
+      <c r="D42" s="49" t="s">
         <v>934</v>
       </c>
-      <c r="B42" s="48" t="s">
-[...5 lines deleted...]
-      <c r="D42" s="51" t="s">
+    </row>
+    <row r="43" spans="1:4" ht="26.25" customHeight="1">
+      <c r="A43" s="46" t="s">
         <v>935</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A43" s="48" t="s">
+      <c r="B43" s="46" t="s">
+        <v>328</v>
+      </c>
+      <c r="C43" s="48" t="s">
+        <v>328</v>
+      </c>
+      <c r="D43" s="49" t="s">
         <v>936</v>
       </c>
-      <c r="B43" s="48" t="s">
-[...5 lines deleted...]
-      <c r="D43" s="51" t="s">
+    </row>
+    <row r="44" spans="1:4" ht="13.5" customHeight="1">
+      <c r="A44" s="46" t="s">
         <v>937</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A44" s="48" t="s">
+      <c r="B44" s="46" t="s">
+        <v>457</v>
+      </c>
+      <c r="C44" s="48" t="s">
+        <v>741</v>
+      </c>
+      <c r="D44" s="49" t="s">
         <v>938</v>
       </c>
-      <c r="B44" s="48" t="s">
-[...5 lines deleted...]
-      <c r="D44" s="51" t="s">
+    </row>
+    <row r="45" spans="1:4" ht="15.75" customHeight="1">
+      <c r="A45" s="46" t="s">
         <v>939</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A45" s="48" t="s">
+      <c r="B45" s="46" t="s">
+        <v>473</v>
+      </c>
+      <c r="C45" s="48" t="s">
+        <v>473</v>
+      </c>
+      <c r="D45" s="49" t="s">
         <v>940</v>
       </c>
-      <c r="B45" s="48" t="s">
-[...5 lines deleted...]
-      <c r="D45" s="51" t="s">
+    </row>
+    <row r="46" spans="1:4" ht="25.5">
+      <c r="A46" s="46" t="s">
         <v>941</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A46" s="48" t="s">
+      <c r="B46" s="46" t="s">
+        <v>592</v>
+      </c>
+      <c r="C46" s="48" t="s">
+        <v>792</v>
+      </c>
+      <c r="D46" s="49" t="s">
         <v>942</v>
       </c>
-      <c r="B46" s="48" t="s">
-[...5 lines deleted...]
-      <c r="D46" s="51" t="s">
+    </row>
+    <row r="47" spans="1:4" ht="13.5">
+      <c r="A47" s="46" t="s">
         <v>943</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A47" s="48" t="s">
+      <c r="B47" s="46" t="s">
+        <v>260</v>
+      </c>
+      <c r="C47" s="48" t="s">
+        <v>666</v>
+      </c>
+      <c r="D47" s="49" t="s">
         <v>944</v>
       </c>
-      <c r="B47" s="48" t="s">
-[...5 lines deleted...]
-      <c r="D47" s="51" t="s">
+    </row>
+    <row r="48" spans="1:4" ht="15.75">
+      <c r="A48" s="3" t="s">
         <v>945</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A48" s="104" t="s">
+      <c r="B48" s="2"/>
+      <c r="C48" s="2"/>
+      <c r="D48" s="1"/>
+    </row>
+    <row r="49" spans="1:4" ht="26.25">
+      <c r="A49" s="46" t="s">
         <v>946</v>
       </c>
-      <c r="B48" s="105"/>
-[...4 lines deleted...]
-      <c r="A49" s="48" t="s">
+      <c r="B49" s="46" t="s">
+        <v>144</v>
+      </c>
+      <c r="C49" s="46" t="s">
+        <v>619</v>
+      </c>
+      <c r="D49" s="47" t="s">
         <v>947</v>
       </c>
-      <c r="B49" s="48" t="s">
-[...5 lines deleted...]
-      <c r="D49" s="49" t="s">
+    </row>
+    <row r="50" spans="1:4" ht="13.5">
+      <c r="A50" s="46" t="s">
         <v>948</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A50" s="48" t="s">
+      <c r="B50" s="46" t="s">
+        <v>471</v>
+      </c>
+      <c r="C50" s="48" t="s">
+        <v>747</v>
+      </c>
+      <c r="D50" s="49" t="s">
         <v>949</v>
       </c>
-      <c r="B50" s="48" t="s">
-[...5 lines deleted...]
-      <c r="D50" s="51" t="s">
+    </row>
+    <row r="51" spans="1:4" ht="26.25">
+      <c r="A51" s="46" t="s">
         <v>950</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A51" s="48" t="s">
+      <c r="B51" s="46" t="s">
+        <v>609</v>
+      </c>
+      <c r="C51" s="48" t="s">
+        <v>797</v>
+      </c>
+      <c r="D51" s="49" t="s">
+        <v>1307</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" ht="26.25">
+      <c r="A52" s="46" t="s">
         <v>951</v>
       </c>
-      <c r="B51" s="48" t="s">
-[...10 lines deleted...]
-      <c r="A52" s="48" t="s">
+      <c r="B52" s="46" t="s">
+        <v>344</v>
+      </c>
+      <c r="C52" s="48" t="s">
+        <v>694</v>
+      </c>
+      <c r="D52" s="49" t="s">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" ht="26.25">
+      <c r="A53" s="46" t="s">
         <v>952</v>
       </c>
-      <c r="B52" s="48" t="s">
-[...10 lines deleted...]
-      <c r="A53" s="48" t="s">
+      <c r="B53" s="46" t="s">
+        <v>443</v>
+      </c>
+      <c r="C53" s="48" t="s">
+        <v>735</v>
+      </c>
+      <c r="D53" s="49" t="s">
+        <v>1308</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" ht="13.5">
+      <c r="A54" s="46" t="s">
         <v>953</v>
       </c>
-      <c r="B53" s="48" t="s">
-[...10 lines deleted...]
-      <c r="A54" s="48" t="s">
+      <c r="B54" s="46" t="s">
+        <v>562</v>
+      </c>
+      <c r="C54" s="48" t="s">
+        <v>562</v>
+      </c>
+      <c r="D54" s="49" t="s">
         <v>954</v>
       </c>
-      <c r="B54" s="48" t="s">
-[...5 lines deleted...]
-      <c r="D54" s="51" t="s">
+    </row>
+    <row r="55" spans="1:4" ht="26.25">
+      <c r="A55" s="48" t="s">
         <v>955</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A55" s="50" t="s">
+      <c r="B55" s="75" t="s">
+        <v>1301</v>
+      </c>
+      <c r="C55" s="46" t="s">
+        <v>785</v>
+      </c>
+      <c r="D55" s="76" t="s">
+        <v>1309</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4" s="50" customFormat="1" ht="15.75" customHeight="1">
+      <c r="A56" s="88" t="s">
         <v>956</v>
       </c>
-      <c r="B55" s="85" t="s">
-[...10 lines deleted...]
-      <c r="A56" s="107" t="s">
+      <c r="B56" s="89"/>
+      <c r="C56" s="90"/>
+      <c r="D56" s="91"/>
+    </row>
+    <row r="57" spans="1:4" ht="26.25">
+      <c r="A57" s="51" t="s">
         <v>957</v>
       </c>
-      <c r="B56" s="108"/>
-[...4 lines deleted...]
-      <c r="A57" s="53" t="s">
+      <c r="B57" s="51" t="s">
         <v>958</v>
       </c>
-      <c r="B57" s="53" t="s">
+      <c r="C57" s="52" t="s">
+        <v>673</v>
+      </c>
+      <c r="D57" s="53" t="s">
         <v>959</v>
       </c>
-      <c r="C57" s="54" t="s">
-[...2 lines deleted...]
-      <c r="D57" s="55" t="s">
+    </row>
+    <row r="58" spans="1:4" ht="25.5">
+      <c r="A58" s="46" t="s">
         <v>960</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A58" s="48" t="s">
+      <c r="B58" s="46" t="s">
+        <v>425</v>
+      </c>
+      <c r="C58" s="48" t="s">
+        <v>729</v>
+      </c>
+      <c r="D58" s="49" t="s">
         <v>961</v>
       </c>
-      <c r="B58" s="48" t="s">
-[...5 lines deleted...]
-      <c r="D58" s="51" t="s">
+    </row>
+    <row r="59" spans="1:4" ht="13.5">
+      <c r="A59" s="46" t="s">
         <v>962</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A59" s="48" t="s">
+      <c r="B59" s="46" t="s">
+        <v>449</v>
+      </c>
+      <c r="C59" s="48" t="s">
+        <v>738</v>
+      </c>
+      <c r="D59" s="49" t="s">
+        <v>1310</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4" ht="39">
+      <c r="A60" s="48" t="s">
         <v>963</v>
       </c>
-      <c r="B59" s="48" t="s">
-[...10 lines deleted...]
-      <c r="A60" s="50" t="s">
+      <c r="B60" s="48" t="s">
+        <v>469</v>
+      </c>
+      <c r="C60" s="48" t="s">
+        <v>746</v>
+      </c>
+      <c r="D60" s="61" t="s">
+        <v>1252</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4" ht="13.5">
+      <c r="A61" s="42"/>
+      <c r="B61" s="42"/>
+      <c r="C61" s="42"/>
+      <c r="D61" s="62" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4" ht="39">
+      <c r="A62" s="46" t="s">
         <v>964</v>
       </c>
-      <c r="B60" s="50" t="s">
-[...18 lines deleted...]
-      <c r="A62" s="48" t="s">
+      <c r="B62" s="46" t="s">
+        <v>477</v>
+      </c>
+      <c r="C62" s="46" t="s">
+        <v>748</v>
+      </c>
+      <c r="D62" s="47" t="s">
         <v>965</v>
       </c>
-      <c r="B62" s="48" t="s">
-[...5 lines deleted...]
-      <c r="D62" s="49" t="s">
+    </row>
+    <row r="63" spans="1:4" ht="51.75">
+      <c r="A63" s="46" t="s">
         <v>966</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A63" s="48" t="s">
+      <c r="B63" s="46" t="s">
+        <v>479</v>
+      </c>
+      <c r="C63" s="46" t="s">
+        <v>749</v>
+      </c>
+      <c r="D63" s="47" t="s">
         <v>967</v>
       </c>
-      <c r="B63" s="48" t="s">
-[...5 lines deleted...]
-      <c r="D63" s="49" t="s">
+    </row>
+    <row r="64" spans="1:4" ht="13.5">
+      <c r="A64" s="46" t="s">
         <v>968</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A64" s="48" t="s">
+      <c r="B64" s="46" t="s">
+        <v>489</v>
+      </c>
+      <c r="C64" s="48" t="s">
+        <v>489</v>
+      </c>
+      <c r="D64" s="49" t="s">
         <v>969</v>
       </c>
-      <c r="B64" s="48" t="s">
-[...5 lines deleted...]
-      <c r="D64" s="51" t="s">
+    </row>
+    <row r="65" spans="1:4" ht="26.25">
+      <c r="A65" s="46" t="s">
         <v>970</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A65" s="48" t="s">
+      <c r="B65" s="46" t="s">
+        <v>514</v>
+      </c>
+      <c r="C65" s="48" t="s">
+        <v>761</v>
+      </c>
+      <c r="D65" s="49" t="s">
         <v>971</v>
       </c>
-      <c r="B65" s="48" t="s">
-[...5 lines deleted...]
-      <c r="D65" s="51" t="s">
+    </row>
+    <row r="66" spans="1:4" ht="13.5">
+      <c r="A66" s="46" t="s">
         <v>972</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A66" s="48" t="s">
+      <c r="B66" s="46" t="s">
+        <v>604</v>
+      </c>
+      <c r="C66" s="48" t="s">
+        <v>796</v>
+      </c>
+      <c r="D66" s="49" t="s">
         <v>973</v>
       </c>
-      <c r="B66" s="48" t="s">
-[...5 lines deleted...]
-      <c r="D66" s="51" t="s">
+    </row>
+    <row r="67" spans="1:4" ht="26.25">
+      <c r="A67" s="46" t="s">
         <v>974</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A67" s="48" t="s">
+      <c r="B67" s="46" t="s">
         <v>975</v>
       </c>
-      <c r="B67" s="48" t="s">
+      <c r="C67" s="48" t="s">
+        <v>788</v>
+      </c>
+      <c r="D67" s="49" t="s">
         <v>976</v>
       </c>
-      <c r="C67" s="50" t="s">
-[...2 lines deleted...]
-      <c r="D67" s="51" t="s">
+    </row>
+    <row r="68" spans="1:4" ht="26.25">
+      <c r="A68" s="46" t="s">
         <v>977</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B68" s="48" t="s">
+      <c r="B68" s="46" t="s">
         <v>552</v>
       </c>
-      <c r="C68" s="48" t="s">
+      <c r="C68" s="46" t="s">
         <v>777</v>
       </c>
-      <c r="D68" s="49" t="s">
-        <v>1324</v>
+      <c r="D68" s="47" t="s">
+        <v>1311</v>
       </c>
     </row>
     <row r="69" ht="12.75">
-      <c r="D69" s="57"/>
+      <c r="D69" s="55"/>
     </row>
     <row r="70" ht="12.75">
-      <c r="D70" s="57"/>
+      <c r="D70" s="55"/>
     </row>
     <row r="71" ht="12.75">
-      <c r="D71" s="57"/>
+      <c r="D71" s="55"/>
     </row>
     <row r="72" ht="12.75">
-      <c r="D72" s="57"/>
+      <c r="D72" s="55"/>
     </row>
     <row r="73" ht="12.75">
-      <c r="D73" s="57"/>
+      <c r="D73" s="55"/>
     </row>
     <row r="74" ht="12.75">
-      <c r="D74" s="57"/>
+      <c r="D74" s="55"/>
     </row>
     <row r="75" ht="12.75">
-      <c r="D75" s="57"/>
+      <c r="D75" s="55"/>
     </row>
     <row r="76" ht="12.75">
-      <c r="D76" s="57"/>
+      <c r="D76" s="55"/>
     </row>
     <row r="77" ht="12.75">
-      <c r="D77" s="57"/>
+      <c r="D77" s="55"/>
     </row>
     <row r="78" ht="13.5" customHeight="1"/>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A48:D48"/>
     <mergeCell ref="A56:D56"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="A6:D6"/>
     <mergeCell ref="A31:D31"/>
     <mergeCell ref="A40:D40"/>
   </mergeCells>
   <pageMargins left="0.708661417322835" right="0.708661417322835" top="0.78740157480315" bottom="0.78740157480315" header="0.31496062992126" footer="0.31496062992126"/>
   <pageSetup orientation="portrait" paperSize="9" scale="93" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;LStav ke dni 1.1.2023&amp;C&amp;P&amp;RVerze 5.0.</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="39" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>