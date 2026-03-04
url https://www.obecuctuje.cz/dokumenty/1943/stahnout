--- v0 (2026-01-15)
+++ v1 (2026-03-04)
@@ -3,1238 +3,9066 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="47CC2671" w14:textId="3F886604" w:rsidR="003B0F32" w:rsidRPr="00786087" w:rsidRDefault="004457E6">
+    <w:p w14:paraId="47CC2671" w14:textId="09AE7F87" w:rsidR="003B0F32" w:rsidRPr="00786087" w:rsidRDefault="004457E6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00786087">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Změny od roku 2026 – vyhláška č. 5/2014 (Výkaz FIN 212M, IČ, UZ, termíny) </w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>Změny od roku 2026</w:t>
+      </w:r>
+      <w:r w:rsidR="001860DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> pro ÚSC, rozpočtová skladba a </w:t>
+      </w:r>
       <w:r w:rsidRPr="00786087">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Základní přehled a komentáře – doplňující materiál k přednášce RS 2025</w:t>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">vyhláška č. 5/2014 (Výkaz FIN </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00786087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-          <w:iCs/>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00F072EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-          <w:iCs/>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00786087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Úvodní informace: </w:t>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>12M</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00786087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>, I</w:t>
+      </w:r>
+      <w:r w:rsidR="00B418A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>MF na podzim bude školit na jednotlivých krají</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00786087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ch</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">, UZ, termíny) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B27DC63" w14:textId="49B5D065" w:rsidR="001767BE" w:rsidRPr="00673143" w:rsidRDefault="001767BE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00673143">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Po 11 letech dochází ke změně podoby výkazu </w:t>
+      </w:r>
+      <w:r w:rsidR="00B2782F" w:rsidRPr="00673143">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>pro hodnocení</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673143">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> plnění rozpočtu </w:t>
+      </w:r>
+      <w:r w:rsidR="00515944" w:rsidRPr="00673143">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">územních samosprávních celků a svazku obcí. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F44DD5" w:rsidRPr="00673143">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Nově se budou vykazovat identifikátory partnerů ve vztahu k transferům, u rozpočtové sklady se ruší třídění záznamovou jednotkou</w:t>
+      </w:r>
+      <w:r w:rsidR="00B418A3" w:rsidRPr="00673143">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pro obce</w:t>
+      </w:r>
+      <w:r w:rsidR="00F44DD5" w:rsidRPr="00673143">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="002A0894" w:rsidRPr="00673143">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jsou upravena pravidla pro třídění účelovými znaky. Výkaz </w:t>
+      </w:r>
+      <w:r w:rsidR="00014C5D" w:rsidRPr="00673143">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">FIN </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00014C5D" w:rsidRPr="00673143">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>2-12M</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00014C5D" w:rsidRPr="00673143">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se doplňuje o uv</w:t>
+      </w:r>
+      <w:r w:rsidR="00E503A2" w:rsidRPr="00673143">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>á</w:t>
+      </w:r>
+      <w:r w:rsidR="00014C5D" w:rsidRPr="00673143">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00E503A2" w:rsidRPr="00673143">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ě</w:t>
+      </w:r>
+      <w:r w:rsidR="00014C5D" w:rsidRPr="00673143">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ní zůstatků na běžných účtech. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EB83201" w14:textId="3E1B6681" w:rsidR="00CC5A57" w:rsidRPr="00673143" w:rsidRDefault="00CC5A57">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00673143">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Zkratka NZUZ – třídění rozpočtovou skladbou na nástroj</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED35C8" w:rsidRPr="00673143">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673143">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>, zdroj</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED35C8" w:rsidRPr="00673143">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Z</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673143">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (prostorov</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED35C8" w:rsidRPr="00673143">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>é třídění</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673143">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>) a účelový znak</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED35C8" w:rsidRPr="00673143">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> UZ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673143">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17CECCA4" w14:textId="65033ED2" w:rsidR="00CC5A57" w:rsidRPr="00673143" w:rsidRDefault="00CC5A57">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00673143">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zkratka MF – </w:t>
+      </w:r>
+      <w:r w:rsidR="00B97B16" w:rsidRPr="00673143">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673143">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">inisterstvo financí </w:t>
+      </w:r>
+      <w:r w:rsidR="00B97B16" w:rsidRPr="00673143">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>České republiky</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78DCA662" w14:textId="3EC96E69" w:rsidR="00C962A5" w:rsidRDefault="00C962A5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> obce v těchto bodech: </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="571E1E32" w14:textId="1BB9168A" w:rsidR="00D77EF1" w:rsidRDefault="00D77EF1" w:rsidP="00D77EF1">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="377EE84F" w14:textId="3C1A5F44" w:rsidR="00C962A5" w:rsidRDefault="00ED7CFF" w:rsidP="00ED7CFF">
+      <w:pPr>
+        <w:pStyle w:val="Nadpis1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Kde najít informace </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="424DED9B" w14:textId="77A100D1" w:rsidR="000156A4" w:rsidRPr="00343788" w:rsidRDefault="000156A4" w:rsidP="000156A4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MF vydává metodiky k rozpočtu, v lednu 2026 vydalo hodně metodik </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC7F4B" w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ke změnám. Metodiky MF najdete</w:t>
+      </w:r>
+      <w:r w:rsidR="00C53566">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> takto</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC7F4B" w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="00D6770E" w:rsidRPr="00343788">
+          <w:rPr>
+            <w:rStyle w:val="Hypertextovodkaz"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>www.mfcr.cz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00D6770E" w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0041270C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6770E" w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C53566">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>na liště „</w:t>
+      </w:r>
+      <w:r w:rsidR="005A097C" w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rozpočtová politika</w:t>
+      </w:r>
+      <w:r w:rsidR="00C53566">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="005A097C" w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0041270C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>– v nabídce „</w:t>
+      </w:r>
+      <w:r w:rsidR="005A097C" w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>územní rozpočty</w:t>
+      </w:r>
+      <w:r w:rsidR="0041270C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="005A097C" w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0041270C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Rozbalí se nabídka oblastí</w:t>
+      </w:r>
+      <w:r w:rsidR="0067621D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="005A097C" w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nejvíce metodik je v</w:t>
+      </w:r>
+      <w:r w:rsidR="009C6A9C" w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005338B1" w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>„L</w:t>
+      </w:r>
+      <w:r w:rsidR="005A097C" w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>egislativ</w:t>
+      </w:r>
+      <w:r w:rsidR="0067621D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="009C6A9C" w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a metodické podpory územních rozpočtů</w:t>
+      </w:r>
+      <w:r w:rsidR="005338B1" w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="009C6A9C" w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Ale metodiky jsou i u </w:t>
+      </w:r>
+      <w:r w:rsidR="00714413" w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>„F</w:t>
+      </w:r>
+      <w:r w:rsidR="009C6A9C" w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inančního vypořádání</w:t>
+      </w:r>
+      <w:r w:rsidR="00714413" w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="0006416D" w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ve </w:t>
+      </w:r>
+      <w:r w:rsidR="00714413" w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>„Z</w:t>
+      </w:r>
+      <w:r w:rsidR="0006416D" w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>právách MF pro kraje a obce</w:t>
+      </w:r>
+      <w:r w:rsidR="00714413" w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="0006416D" w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, a v dalších částech rozbalené nabídky. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70B7D7C1" w14:textId="207A1899" w:rsidR="0006416D" w:rsidRPr="00343788" w:rsidRDefault="00A004CD" w:rsidP="000156A4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Z ledna 2026 je nejpřínosnější metodika ke změnám ze dne </w:t>
+      </w:r>
+      <w:r w:rsidR="00C86C9E" w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">30.1.2026 s názvem Nová struktura výkazu FIN </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C86C9E" w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2-12M</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C86C9E" w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Na konci metodiky </w:t>
+      </w:r>
+      <w:r w:rsidR="002E6406" w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jsou zmíněny i metodiky MF s tématem související, je možné stáhnout i prezentaci MF. Najdete </w:t>
+      </w:r>
+      <w:r w:rsidR="0067621D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zde</w:t>
+      </w:r>
+      <w:r w:rsidR="002E6406" w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> příklady zatřídění</w:t>
+      </w:r>
+      <w:r w:rsidR="005338B1" w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, definice, vysvětlení, kontroly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="075BDC3F" w14:textId="575B35C5" w:rsidR="00FC1100" w:rsidRPr="00343788" w:rsidRDefault="00FC1100" w:rsidP="000156A4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Číselníky pro ID, seznam položek s poznámkami ID a UZ, a další pomůcky</w:t>
+      </w:r>
+      <w:r w:rsidR="009C5668" w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> k ID a UZ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jsou i na </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00343788">
+          <w:rPr>
+            <w:rStyle w:val="Hypertextovodkaz"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>www.obecuctuje.cz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> v dokumentech ke stažení </w:t>
+      </w:r>
+      <w:r w:rsidR="00C64164" w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">v neplacené sekci, </w:t>
+      </w:r>
+      <w:r w:rsidR="00343788" w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(tj. i pro neregistrované) </w:t>
+      </w:r>
+      <w:r w:rsidR="00C64164" w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">včetně důvodové zprávy k vyhlášce č. 5/2014 Sb., která je </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE2176">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ze strany MF </w:t>
+      </w:r>
+      <w:r w:rsidR="00C64164" w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zpracována podrobně. </w:t>
+      </w:r>
+      <w:r w:rsidR="000E05A7" w:rsidRPr="00343788">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Obsahuje vysvětlení a výklad změn k roku 2026. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13C6486F" w14:textId="40633116" w:rsidR="000E05A7" w:rsidRPr="00DE79E1" w:rsidRDefault="000E05A7" w:rsidP="000156A4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE79E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">V metodikách MF na </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00DE79E1">
+          <w:rPr>
+            <w:rStyle w:val="Hypertextovodkaz"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="26"/>
+            <w:szCs w:val="26"/>
+          </w:rPr>
+          <w:t>www.mfcr.cz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00DE79E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> najdete i důležité metodiky k rozpočtování dotací</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6D9D" w:rsidRPr="00DE79E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (tyto metodiky byly v knize Rozpočtová skladba 2025 uvedeny)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE79E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>, k</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF273A" w:rsidRPr="00DE79E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> finančnímu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE79E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>vypořádání</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF273A" w:rsidRPr="00DE79E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>, k novelám</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE79E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> apod. Metodiky jsou celkem přehledně vyhledatelné</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF273A" w:rsidRPr="00DE79E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE79E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dle data vydání. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D87F1C7" w14:textId="31E193DF" w:rsidR="00BB7BF6" w:rsidRDefault="009A73CA" w:rsidP="000156A4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE79E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Ke knize Rozpočtová skladba 2026 dostanete po úhradě odkaz na další dokumenty</w:t>
+      </w:r>
+      <w:r w:rsidR="002B3EA6" w:rsidRPr="00DE79E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, které jsou důležité pro značení RS. Jedním dokumentem je i přehled </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB7BF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">různých </w:t>
+      </w:r>
+      <w:r w:rsidR="002B3EA6" w:rsidRPr="00DE79E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">odkazů na </w:t>
+      </w:r>
+      <w:r w:rsidR="00912239" w:rsidRPr="00DE79E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">stránky s důležitými číselníky pro RS. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C0FB8A4" w14:textId="55851558" w:rsidR="00FF273A" w:rsidRPr="00DE79E1" w:rsidRDefault="00DE2176" w:rsidP="000156A4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE2176">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Pozn.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE79E1" w:rsidRPr="00DE79E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Odkaz </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB7BF6" w:rsidRPr="00DE79E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e-přílohu publikace </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE79E1" w:rsidRPr="00DE79E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bude automaticky po úhradě zaslán na mailovou adresu objednatele publikace. U větších měst je potřeba zajistit distribuci odkazu mezi uživatele knihy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FC54DA4" w14:textId="376856A5" w:rsidR="0078137A" w:rsidRPr="007C3592" w:rsidRDefault="0078137A" w:rsidP="00ED41CF">
+      <w:pPr>
+        <w:pStyle w:val="Nadpis1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007C3592">
+        <w:t xml:space="preserve">Základní změny od 2026: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59A8DD92" w14:textId="77777777" w:rsidR="001767BE" w:rsidRDefault="001767BE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FEB4724" w14:textId="1552824C" w:rsidR="0078137A" w:rsidRPr="0078137A" w:rsidRDefault="0078137A" w:rsidP="00ED41CF">
+      <w:pPr>
+        <w:pStyle w:val="Nadpis2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0078137A">
+        <w:t xml:space="preserve">Jiná podoba výkazu dle předaných dat </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60150A5D" w14:textId="4158F65F" w:rsidR="0078137A" w:rsidRPr="007169FE" w:rsidRDefault="00894CAC" w:rsidP="0078137A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">V nové podobě se u Výkazu FIN </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>2-12M</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E25765" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(dále jen výkaz) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidR="0078137A" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>lastně</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1470" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jedná </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="0078137A" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> „sesypaná dat</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0078137A" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“. </w:t>
+      </w:r>
+      <w:r w:rsidR="00621D9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">V případě </w:t>
+      </w:r>
+      <w:r w:rsidR="00621D9A" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>plné</w:t>
+      </w:r>
+      <w:r w:rsidR="0078137A" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shody </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">členění rozpočtovou skladbou </w:t>
+      </w:r>
+      <w:r w:rsidR="0078137A" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>včetně IČ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a kódu mimořádné události</w:t>
+      </w:r>
+      <w:r w:rsidR="00621D9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jsou uváděna data součtově</w:t>
+      </w:r>
+      <w:r w:rsidR="0078137A" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">S výkazem </w:t>
+      </w:r>
+      <w:r w:rsidR="008B7ABD" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>se nedá pracovat pro vyhodnocení</w:t>
+      </w:r>
+      <w:r w:rsidR="00621D9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> plnění</w:t>
+      </w:r>
+      <w:r w:rsidR="008B7ABD" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rozpoč</w:t>
+      </w:r>
+      <w:r w:rsidR="00D86B2A" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="008B7ABD" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u. Výkaz je zbytečné si </w:t>
+      </w:r>
+      <w:r w:rsidR="008B7ABD" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>tisknou</w:t>
+      </w:r>
+      <w:r w:rsidR="00F0206E" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">t. </w:t>
+      </w:r>
+      <w:r w:rsidR="0078137A" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Výkaz FIN </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0078137A" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>2-12M</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0078137A" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ve stejné podobě jako dosud </w:t>
+      </w:r>
+      <w:r w:rsidR="00D86B2A" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pravděpodobně pro možnost kontrol </w:t>
+      </w:r>
+      <w:r w:rsidR="0009504E" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>a hodnocení plnění rozpočtu zajistí dodavatelé programů jako „vnitřní sestavu</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB3100" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“. </w:t>
+      </w:r>
+      <w:r w:rsidR="0078137A" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Kontrola na shodnost dat v programu obcí s daty na CSUIS</w:t>
+      </w:r>
+      <w:r w:rsidR="006423D8" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se zajistí tím, že </w:t>
+      </w:r>
+      <w:r w:rsidR="0078137A" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kraje by měly mít k dispozici dřívější podobu FIN </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0078137A" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>2-12M</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0078137A" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> za jednotlivé obce</w:t>
+      </w:r>
+      <w:r w:rsidR="005C24B7" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE3D56" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Nelze zatím určit, jak bude vypadat možnost kontrol</w:t>
+      </w:r>
+      <w:r w:rsidR="006423D8" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shody mezi </w:t>
+      </w:r>
+      <w:r w:rsidR="0058520A" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>daty v účetnictví ÚSC a daty předanými do CSÚIS</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE3D56" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> v praxi. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD11E3" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>MF se hodně odvolává na</w:t>
+      </w:r>
+      <w:r w:rsidR="0083550E" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kontroly dle</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD11E3" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0083550E" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD11E3" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>monitor</w:t>
+      </w:r>
+      <w:r w:rsidR="0083550E" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>u“</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD11E3" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ale tam jsou data zveřejněna </w:t>
+      </w:r>
+      <w:r w:rsidR="0099781D" w:rsidRPr="0083550E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">později. </w:t>
+      </w:r>
+      <w:r w:rsidR="007B2DDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zdrojem informací </w:t>
+      </w:r>
+      <w:r w:rsidR="00135FAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">k vyhlášce 228/2005 Sb. </w:t>
+      </w:r>
+      <w:r w:rsidR="007B2DDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">je </w:t>
+      </w:r>
+      <w:r w:rsidR="007B2DDE" w:rsidRPr="003F3FD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>důvodová zpráva</w:t>
+      </w:r>
+      <w:r w:rsidR="007B2DDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> k</w:t>
+      </w:r>
+      <w:r w:rsidR="00A91FC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> návrhu změny vyhlášky </w:t>
+      </w:r>
+      <w:r w:rsidR="00135FAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">č.5/2014 Sb. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="794EC4CB" w14:textId="23E4ED75" w:rsidR="00037741" w:rsidRDefault="00037741" w:rsidP="00037741">
+      <w:pPr>
+        <w:pStyle w:val="Nadpis2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B01541">
+        <w:t xml:space="preserve">Identifikace partnera </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23004C68" w14:textId="77777777" w:rsidR="009A1C50" w:rsidRDefault="00BF5F4F" w:rsidP="00037741">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00271BC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Třídění příjmů a výdajů dle identifikátoru</w:t>
+      </w:r>
+      <w:r w:rsidR="0053160D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (dále jen ID)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271BC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> partnera</w:t>
+      </w:r>
+      <w:r w:rsidR="006F0B7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (jedná se o identifikaci protistrany, tj. příjemc</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA0899">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>e výdajů obce, nebo poskytovatele u příjmu obcí)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271BC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se požaduje od roku 2026 v</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB2AEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271BC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>případě</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB2AEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> položek u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271BC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00276C28" w:rsidRPr="00271BC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">transferových vztahů. Nejedná se o další třídění dle vyhlášky o rozpočtové skladbě, třídění dle partnera ukládá </w:t>
+      </w:r>
+      <w:r w:rsidR="00203E93" w:rsidRPr="00271BC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vyhláška č. 5/2014.  V případě ÚSC, které </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE24C4" w:rsidRPr="00271BC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>dělají výkaz PAP, se nejedná o větší pracnost, programy zajistí z údajů pro PAP i třídění příjmů a výdajů dle partnerů, včetně transferových vztahů. Větší pracnost bude u obcí</w:t>
+      </w:r>
+      <w:r w:rsidR="005D46AD" w:rsidRPr="00271BC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>, které nedělají PAP, ale může se jednat jen o počet případů za rok v řádu desítek</w:t>
+      </w:r>
+      <w:r w:rsidR="00271BC7" w:rsidRPr="00271BC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EF2DBA6" w14:textId="06EF1762" w:rsidR="00037741" w:rsidRDefault="009A1C50" w:rsidP="00037741">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009043D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Pozor!</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0019206D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mezi </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uváděním IČ a kódů </w:t>
+      </w:r>
+      <w:r w:rsidR="00137017">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">partnerů u PAP a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u příjmů a výdajů mohou být rozdíly. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E10D8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Např. u příjmů a výdajů se nepoužívají kódy 222 (FÚ), 333 (GFŘ) 444 (neidentifikov</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB76C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ané</w:t>
+      </w:r>
+      <w:r w:rsidR="00E10D8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) a 555 (tajné). Dále </w:t>
+      </w:r>
+      <w:r w:rsidR="00397F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mohou být rozdíly </w:t>
+      </w:r>
+      <w:r w:rsidR="00E10D8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u průtokových transferů PO, které se posílají přes zřizovatele. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68E431C5" w14:textId="3CAEA285" w:rsidR="0045000D" w:rsidRPr="00932B71" w:rsidRDefault="006F3A04" w:rsidP="00037741">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00932B71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Př</w:t>
+      </w:r>
+      <w:r w:rsidR="006C619C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ehled požadavků předpisu a čemu věnovat pozornost</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA3515" w:rsidRPr="00932B71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CD871AB" w14:textId="35B9F98C" w:rsidR="00044DBE" w:rsidRPr="006047EE" w:rsidRDefault="00044DBE" w:rsidP="00037741">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="41BE6CDD" w14:textId="092B72A9" w:rsidR="00D77EF1" w:rsidRDefault="00D77EF1" w:rsidP="00D77EF1">
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006047EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Partner </w:t>
+      </w:r>
+      <w:r w:rsidR="0053160D" w:rsidRPr="006047EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>je nadefinová</w:t>
+      </w:r>
+      <w:r w:rsidR="006047EE" w:rsidRPr="006047EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="0053160D" w:rsidRPr="006047EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> šířeji v metodikách MF, zprostředkovatel není partner</w:t>
+      </w:r>
+      <w:r w:rsidR="006047EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> v případě </w:t>
+      </w:r>
+      <w:r w:rsidR="005A1CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>shodné položky u výdaje i příjmu (minusování příjmové nebo výdajové položky)</w:t>
+      </w:r>
+      <w:r w:rsidR="0053160D" w:rsidRPr="006047EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="175D49BE" w14:textId="6CB519D4" w:rsidR="001904AD" w:rsidRPr="006047EE" w:rsidRDefault="00037741" w:rsidP="00037741">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="6F5D0160" w14:textId="1882C3A6" w:rsidR="00D77EF1" w:rsidRDefault="00D77EF1" w:rsidP="00D77EF1">
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006047EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Značení transferových položek identifikací partnera – IČ, </w:t>
+      </w:r>
+      <w:r w:rsidR="00055D39" w:rsidRPr="006047EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>a dále kódy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006047EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> např. fyzické osoby </w:t>
+      </w:r>
+      <w:r w:rsidR="00055D39" w:rsidRPr="006047EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bez IČ </w:t>
+      </w:r>
+      <w:r w:rsidR="001314D2" w:rsidRPr="006047EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">se jedná o kód </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006047EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">111, </w:t>
+      </w:r>
+      <w:r w:rsidR="00145A87" w:rsidRPr="006047EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kódy pro </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA3515" w:rsidRPr="006047EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>nerezident</w:t>
+      </w:r>
+      <w:r w:rsidR="00145A87" w:rsidRPr="006047EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA3515" w:rsidRPr="006047EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00145A87" w:rsidRPr="006047EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kódy pro</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA3515" w:rsidRPr="006047EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0089191A" w:rsidRPr="006047EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>zahraničí</w:t>
+      </w:r>
+      <w:r w:rsidR="00044DBE" w:rsidRPr="006047EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E661EF" w:rsidRPr="006047EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MF </w:t>
+      </w:r>
+      <w:r w:rsidR="00044DBE" w:rsidRPr="006047EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">seznam kódů </w:t>
+      </w:r>
+      <w:r w:rsidR="00E661EF" w:rsidRPr="006047EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>vydalo v metodice</w:t>
+      </w:r>
+      <w:r w:rsidR="005F0B02" w:rsidRPr="006047EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="005F0B02" w:rsidRPr="005A1CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Přílohy, které ke značení budete potřebovat jsou přiložené v</w:t>
+      </w:r>
+      <w:r w:rsidR="00E661EF" w:rsidRPr="005A1CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t> e-</w:t>
+      </w:r>
+      <w:r w:rsidR="005F0B02" w:rsidRPr="005A1CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>dokumentech ke knize k Rozp</w:t>
+      </w:r>
+      <w:r w:rsidR="00055D39" w:rsidRPr="005A1CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="005F0B02" w:rsidRPr="005A1CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">čtové skladbě 2026, odkaz na ně dostanete </w:t>
+      </w:r>
+      <w:r w:rsidR="002B347D" w:rsidRPr="005A1CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>po úhradě</w:t>
+      </w:r>
+      <w:r w:rsidR="005F0B02" w:rsidRPr="005A1CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> knih</w:t>
+      </w:r>
+      <w:r w:rsidR="00055D39" w:rsidRPr="005A1CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="005F0B02" w:rsidRPr="005A1CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> na mailovou adresu odesílatele. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7627" w:rsidRPr="005A1CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Potřebné materiály jsou</w:t>
+      </w:r>
+      <w:r w:rsidR="00E661EF" w:rsidRPr="005A1CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7627" w:rsidRPr="005A1CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vloženy v dokumentech ke stažení</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE4E1B" w:rsidRPr="005A1CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B347D" w:rsidRPr="005A1CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">v neplacené sekci </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE4E1B" w:rsidRPr="005A1CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>na www.obecuctuje.cz</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7627" w:rsidRPr="005A1CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pod skupinu s názvem </w:t>
+      </w:r>
+      <w:r w:rsidR="004550F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7627" w:rsidRPr="005A1CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Novela FIN od 2026</w:t>
+      </w:r>
+      <w:r w:rsidR="004550F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>…“</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7627" w:rsidRPr="006047EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DE0959B" w14:textId="53ABDC8F" w:rsidR="00037741" w:rsidRDefault="00037741" w:rsidP="00037741">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0086199F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Pozor</w:t>
+      </w:r>
+      <w:r w:rsidR="009A1C50" w:rsidRPr="0086199F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00932B71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A1C50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Z</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00932B71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>načí se</w:t>
+      </w:r>
+      <w:r w:rsidR="001904AD" w:rsidRPr="00932B71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> identifikátorem partnera nejen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00932B71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> např. transfery, ale i vzájemné půjčky, dokonce i pokuty. </w:t>
+      </w:r>
+      <w:r w:rsidR="00932B71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>MF v lednu 2026 vydalo metodiku, že u běžných přijatých pokut (položky 2211, 2212), které se netýkají odvodů za porušení rozpočtové kázně</w:t>
+      </w:r>
+      <w:r w:rsidR="0057525A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00932B71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lze vždy zvolit jen kód „111“. V případě přijatých </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF3D99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>odvodů za porušení rozpočtové kázně se v</w:t>
+      </w:r>
+      <w:r w:rsidR="0057525A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>šak</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF3D99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> volí identifikátor partnera</w:t>
+      </w:r>
+      <w:r w:rsidR="000E7BD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (IČ). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12C3FB93" w14:textId="7AECD76C" w:rsidR="006F261F" w:rsidRDefault="006F261F" w:rsidP="00037741">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0086199F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Pozor</w:t>
+      </w:r>
+      <w:r w:rsidR="009A1C50" w:rsidRPr="0086199F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ID se nepoužívají pro rozpočet</w:t>
+      </w:r>
+      <w:r w:rsidR="00032A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ani pro rozpočet po změnách, u rozpočtu nesmí být uvedeno ID</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BE1C6F7" w14:textId="47C7D5E1" w:rsidR="00883E66" w:rsidRPr="00883E66" w:rsidRDefault="006F261F" w:rsidP="00883E66">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lze použít jako ID i </w:t>
+      </w:r>
+      <w:r w:rsidR="00523F38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">původní </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IČ </w:t>
+      </w:r>
+      <w:r w:rsidR="005578C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zaniklých či zrušených subjektů. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75A5DAD3" w14:textId="3678F823" w:rsidR="00883E66" w:rsidRPr="00883E66" w:rsidRDefault="00883E66" w:rsidP="00883E66">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Ní</w:t>
+      </w:r>
+      <w:r w:rsidR="00960BA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ž</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E002E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e uvedené položky, případně položky u uvedených seskupení a podseskupení musí obsahovat identifikátor vždy, MF má na toto nastaveny kontroly výkazu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76C8C0E4" w14:textId="5A2379F7" w:rsidR="00883E66" w:rsidRPr="00B01541" w:rsidRDefault="00883E66" w:rsidP="00883E66">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B01541">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Dojde ke zrušení záznamových jednotek v třídění rozpočtovou skladbou</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> určených pro ÚSC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B01541">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E9CEEEE" w14:textId="5D210334" w:rsidR="00883E66" w:rsidRPr="002C4164" w:rsidRDefault="00883E66" w:rsidP="00883E66">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B01541">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Budou </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">se po předání dat na MF provádět </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B01541">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>křížové kontroly</w:t>
+      </w:r>
+      <w:r w:rsidR="0086199F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B01541">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lze</w:t>
+      </w:r>
+      <w:r w:rsidR="00214A13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> je</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B01541">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provést až po odevzdání všech výkazů</w:t>
+      </w:r>
+      <w:r w:rsidR="00214A13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B01541">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00214A13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B01541">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ude se opravovat a dohledávat, kontroly bude provádět kraj. Neopravené</w:t>
+      </w:r>
+      <w:r w:rsidR="00214A13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rozdíly</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B01541">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se budou </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>hlásit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B01541">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> na servis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B01541">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>desk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B01541">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> s vysvětlením </w:t>
+      </w:r>
+      <w:r w:rsidR="00E23CE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B01541">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> případně následné opravy </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>budou prováděn</w:t>
+      </w:r>
+      <w:r w:rsidR="004B269C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B01541">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">v dalším období. </w:t>
+      </w:r>
+      <w:r w:rsidR="002C4164" w:rsidRPr="002C4164">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vzory hlášení </w:t>
+      </w:r>
+      <w:r w:rsidR="006F7A1D" w:rsidRPr="002C4164">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>a postupy</w:t>
+      </w:r>
+      <w:r w:rsidR="008D339B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> u</w:t>
+      </w:r>
+      <w:r w:rsidR="00845C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F7A1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>řešení rozdílů</w:t>
+      </w:r>
+      <w:r w:rsidR="002C4164" w:rsidRPr="002C4164">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jsou uvedeny v</w:t>
+      </w:r>
+      <w:r w:rsidR="00845C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="002C4164" w:rsidRPr="002C4164">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>metodi</w:t>
+      </w:r>
+      <w:r w:rsidR="00845C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ce</w:t>
+      </w:r>
+      <w:r w:rsidR="002C4164" w:rsidRPr="002C4164">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MF</w:t>
+      </w:r>
+      <w:r w:rsidR="00845C48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ze dne 30.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="005A47C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidR="002C4164" w:rsidRPr="002C4164">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3586DCEE" w14:textId="2829CACA" w:rsidR="00883E66" w:rsidRDefault="00883E66" w:rsidP="00883E66">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B01541">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Značení identifikátoru </w:t>
+      </w:r>
+      <w:r w:rsidR="00430D79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>je povinné pouze pro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B01541">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B01541">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">raj, obce, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">svazky obcí. Značení identifikátorem se </w:t>
+      </w:r>
+      <w:r w:rsidR="00430D79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>netýká ústředních rozpočtů</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B01541">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00430D79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B01541">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tj. nebudou křížové kontroly na resorty</w:t>
+      </w:r>
+      <w:r w:rsidR="009E2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>, státní fondy</w:t>
+      </w:r>
+      <w:r w:rsidR="008D339B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>, OSS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B01541">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11D66058" w14:textId="77331AF2" w:rsidR="00883E66" w:rsidRPr="00B01541" w:rsidRDefault="00883E66" w:rsidP="00883E66">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Kromě identifikátoru se bude v křížových kontrolách sledovat i vzájemn</w:t>
+      </w:r>
+      <w:r w:rsidR="008D339B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>á</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> s</w:t>
+      </w:r>
+      <w:r w:rsidR="008D339B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>hoda</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NZUZ a mimořádné události</w:t>
+      </w:r>
+      <w:r w:rsidR="009E2843">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> u obou partnerů</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2695A51B" w14:textId="71A99F06" w:rsidR="00391D95" w:rsidRDefault="00391D95" w:rsidP="00271592">
+      <w:pPr>
+        <w:pStyle w:val="Nadpis2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B01541">
+        <w:t>Kterých položek se identifikace partnera týká</w:t>
+      </w:r>
+      <w:r w:rsidR="00F757CA">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF0078">
+        <w:t xml:space="preserve">u následujícího výčtu položek je </w:t>
+      </w:r>
+      <w:r w:rsidR="00F757CA">
+        <w:t xml:space="preserve">uvedení </w:t>
+      </w:r>
+      <w:r w:rsidR="00513DAE">
+        <w:t>identifikátoru</w:t>
+      </w:r>
+      <w:r w:rsidR="00F757CA">
+        <w:t xml:space="preserve"> u příjmu či výdaje </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF0078">
+        <w:t>povinné)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A2FE811" w14:textId="228F3A05" w:rsidR="00391D95" w:rsidRPr="00431241" w:rsidRDefault="00391D95" w:rsidP="006A110D">
+      <w:pPr>
+        <w:pStyle w:val="Nadpis3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00431241">
+        <w:t>Příjmy:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15DD2E34" w14:textId="12DB812C" w:rsidR="00391D95" w:rsidRPr="00431241" w:rsidRDefault="00391D95" w:rsidP="006A110D">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00431241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Dotace třídy 4</w:t>
+      </w:r>
+      <w:r w:rsidR="006A110D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>, položky 4xxx</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="766C4183" w14:textId="5CE597ED" w:rsidR="00391D95" w:rsidRDefault="00391D95" w:rsidP="00D45E7F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kontrola MF </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA07AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>výkazů</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AA60258" w14:textId="1B177D86" w:rsidR="00391D95" w:rsidRDefault="00391D95" w:rsidP="00D45E7F">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00391D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u položek 4111, 4112, 4114 (výjimečně používají obce),4118, 4160, 4211, 4212, 4214, 4218, 4240 – zde je </w:t>
+      </w:r>
+      <w:r w:rsidR="006A110D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>přípustné</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00391D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pouze IČ MF 006947</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48C9404F" w14:textId="089B3492" w:rsidR="00391D95" w:rsidRDefault="00391D95" w:rsidP="00D45E7F">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u položek 4121,4221 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D269FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pouze IČ obce nebo městské části </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A6F9D72" w14:textId="7BA11C92" w:rsidR="00907BC6" w:rsidRDefault="00907BC6" w:rsidP="00907BC6">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u položek 4122, 4222 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D269FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pouze IČ kraje</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59103139" w14:textId="6581DC6C" w:rsidR="00907BC6" w:rsidRDefault="00907BC6" w:rsidP="00907BC6">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>u položek 4129,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D269FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4229 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D269FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pouze IČ svazku obcí </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="735D0D7F" w14:textId="3CDF6681" w:rsidR="00391D95" w:rsidRDefault="00391D95" w:rsidP="00907BC6">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u položek 4116, 4216 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D269FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pouze IČ OSS (organizační složky státu) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="351C482D" w14:textId="1EEAF12A" w:rsidR="00391D95" w:rsidRDefault="00391D95" w:rsidP="00907BC6">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>u položek 4113,</w:t>
+      </w:r>
+      <w:r w:rsidR="00907BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4213 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D269FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pouze I</w:t>
+      </w:r>
+      <w:r w:rsidR="00D269FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Č</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> státních fondů </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32F7DC26" w14:textId="371E97B8" w:rsidR="00391D95" w:rsidRDefault="00431241" w:rsidP="00907BC6">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u položek 4155, 4234 </w:t>
+      </w:r>
+      <w:r w:rsidR="009C718A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pouze kód Švýcarska (CH), Norska (NO)</w:t>
+      </w:r>
+      <w:r w:rsidR="0011258E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>, Islandu (IS), Lichtenštejnska</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0011258E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>(LI)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07091136" w14:textId="5ACC735D" w:rsidR="00907BC6" w:rsidRDefault="00431241" w:rsidP="00907BC6">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>u položek 4151, 4152, 4159, 4231,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F50F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4232 </w:t>
+      </w:r>
+      <w:r w:rsidR="009C718A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pouze kód zahraničí nebo mezinárodní organizace</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CFDA6F9" w14:textId="7F1E2D2D" w:rsidR="00431241" w:rsidRDefault="00907BC6" w:rsidP="00907BC6">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>u položek</w:t>
+      </w:r>
+      <w:r w:rsidR="00637CA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>4153, 4223 - pouze EU–</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>4D</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00431241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="096BB03C" w14:textId="701B4347" w:rsidR="009866C2" w:rsidRPr="009866C2" w:rsidRDefault="009866C2" w:rsidP="00907BC6">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009866C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>v případě průtoku se značí IČ poskytovatele jak u příjmu, tak u převodu příjemci</w:t>
+      </w:r>
+      <w:r w:rsidR="0054384F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6508">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pokud se třídí </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB76C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>+/- na stejné položce.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009866C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB76C6" w:rsidRPr="00CB76C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>(M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009866C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>etodika MF z ledna 2026</w:t>
+      </w:r>
+      <w:r w:rsidR="000E0516">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>, u obcí se týká např. položky 4171 v případě lesních hospodářů</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009866C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="004E97D1" w14:textId="66BB28DD" w:rsidR="00431241" w:rsidRPr="00391D95" w:rsidRDefault="00431241" w:rsidP="00907BC6">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C1C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>neznačí se identifikátorem podseskupení 413,</w:t>
+      </w:r>
+      <w:r w:rsidR="00153A14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>414</w:t>
+      </w:r>
+      <w:r w:rsidR="00A554E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:r w:rsidR="009043D5" w:rsidRPr="004D3813">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">425 </w:t>
+      </w:r>
+      <w:r w:rsidR="009043D5" w:rsidRPr="004D3813">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jedná se o vnitřní převody v rámci organizace. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AC49FF4" w14:textId="003C997C" w:rsidR="00391D95" w:rsidRDefault="00431241" w:rsidP="00431241">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00431241">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00431241">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Přijaté dary</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="747DD25E" w14:textId="45E0C4C7" w:rsidR="00431241" w:rsidRPr="00907BC6" w:rsidRDefault="00431241" w:rsidP="00431241">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00907BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>položky 2321, 3121, 3122</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="693FF605" w14:textId="77777777" w:rsidR="00907BC6" w:rsidRDefault="00431241" w:rsidP="00907BC6">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00907BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Příjmy z finančních vypořádání a ze sankčních plateb</w:t>
+      </w:r>
+      <w:r w:rsidR="00907BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, z pokut </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D278EF9" w14:textId="013832A6" w:rsidR="00431241" w:rsidRDefault="00907BC6" w:rsidP="00907BC6">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00907BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">položky </w:t>
+      </w:r>
+      <w:r w:rsidR="00114D29" w:rsidRPr="00114D29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>221</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00114D29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00907BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a 2212 pokuty se značí IČ pouze v případě plateb za porušení rozpočtové kázně, u běžných pokut MF metodikou z ledna 2026 umožnilo automatický kód 111 (kód pro fyzické osoby bez IČ) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76395553" w14:textId="77777777" w:rsidR="00637760" w:rsidRDefault="00637760" w:rsidP="009866C2">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="562F4E15" w14:textId="71E4EBDC" w:rsidR="00907BC6" w:rsidRDefault="009866C2" w:rsidP="009866C2">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kontrola MF </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29CF4AFB" w14:textId="5809785C" w:rsidR="009866C2" w:rsidRPr="009866C2" w:rsidRDefault="009866C2" w:rsidP="009866C2">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">položka 2124 -pouze IČ školské právnické osoby </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009866C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>(jedná se o jinou právní subjektivitu, než je příspěvková organizace, v republice jich je jen asi 19)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="352C51C4" w14:textId="0F99DACA" w:rsidR="00907BC6" w:rsidRDefault="00907BC6" w:rsidP="00907BC6">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">podseskupení 222 vratky transferů </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51CAAFDA" w14:textId="77777777" w:rsidR="00A665AF" w:rsidRDefault="00A665AF" w:rsidP="00637760">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58A830F4" w14:textId="63233AF7" w:rsidR="00907BC6" w:rsidRDefault="00907BC6" w:rsidP="00907BC6">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kontrola MF </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0752302E" w14:textId="3C7B7346" w:rsidR="009866C2" w:rsidRDefault="009866C2" w:rsidP="00A665AF">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u položky 2122, 2123 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A665AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pouze IČ zřízené PO </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2991D899" w14:textId="77777777" w:rsidR="00A665AF" w:rsidRDefault="00907BC6" w:rsidP="00A665AF">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">u položky 2223 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A665AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pouze IČ kraje, obce, městské části nebo svazku obcí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ADC6698" w14:textId="5458AE28" w:rsidR="00CF6AB2" w:rsidRDefault="00907BC6" w:rsidP="00CF6AB2">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A665AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u položky 2226 </w:t>
+      </w:r>
+      <w:r w:rsidR="00637CA1" w:rsidRPr="00A665AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A665AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pouze IČ obce, městské části nebo svazku obcí </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AE570E4" w14:textId="59A99C42" w:rsidR="00907BC6" w:rsidRDefault="00907BC6" w:rsidP="00CF6AB2">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF6AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">položku 2221 obce nepoužívají, je uvedena v nepřípustných položkách pro obce </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="506FE6F2" w14:textId="77777777" w:rsidR="009866C2" w:rsidRPr="00CF6AB2" w:rsidRDefault="009866C2" w:rsidP="00CF6AB2">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF6AB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">položku 2225 obce nepoužívají, je uvedena v nepřípustných položkách pro obce </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68464321" w14:textId="2ABE0BFB" w:rsidR="00907BC6" w:rsidRDefault="00907BC6" w:rsidP="00235857">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B19B612" w14:textId="4EDAAD0B" w:rsidR="00431241" w:rsidRPr="00907BC6" w:rsidRDefault="00747C5C" w:rsidP="00907BC6">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00431241" w:rsidRPr="00907BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">řijaté splátky půjček </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>a při</w:t>
+      </w:r>
+      <w:r w:rsidR="00954289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jaté půjčky </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30577403" w14:textId="25BB1413" w:rsidR="00F764B6" w:rsidRDefault="00D16D1C" w:rsidP="00F764B6">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00E03E04" w:rsidRPr="00D16D1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ods</w:t>
+      </w:r>
+      <w:r w:rsidR="009866C2" w:rsidRPr="00D16D1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>eskupení 24</w:t>
+      </w:r>
+      <w:r w:rsidR="00E03E04" w:rsidRPr="00D16D1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>1 až 247</w:t>
+      </w:r>
+      <w:r w:rsidR="009866C2" w:rsidRPr="00D16D1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A4E1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00A136B4" w:rsidRPr="00D16D1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> splátky půjček poskytovaných z</w:t>
+      </w:r>
+      <w:r w:rsidR="00F764B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A136B4" w:rsidRPr="00D16D1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>rozpočtu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39FC256D" w14:textId="77777777" w:rsidR="009B469C" w:rsidRDefault="009B469C" w:rsidP="00F764B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59ABFA81" w14:textId="022E017F" w:rsidR="00ED6518" w:rsidRPr="00F764B6" w:rsidRDefault="00ED6518" w:rsidP="00F764B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F764B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Kontroly M</w:t>
+      </w:r>
+      <w:r w:rsidR="006C0570" w:rsidRPr="00F764B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F764B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="361CBAFE" w14:textId="6D461053" w:rsidR="000C51C8" w:rsidRDefault="000C51C8" w:rsidP="00F764B6">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u položky 2441 </w:t>
+      </w:r>
+      <w:r w:rsidR="000A4E1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91352">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">přípustné </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pouze IČ obce </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91352">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>nebo městské části (kontrola na právní subjektivitu)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1137AE92" w14:textId="48758791" w:rsidR="003D139B" w:rsidRDefault="003D139B" w:rsidP="00F764B6">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u položky 2449 </w:t>
+      </w:r>
+      <w:r w:rsidR="00637760">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> přípustné pouze IČ svazku obcí </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DC043E6" w14:textId="2BEB0180" w:rsidR="007B4FBC" w:rsidRPr="000C51C8" w:rsidRDefault="007B4FBC" w:rsidP="006C0570">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u položky 2451 </w:t>
+      </w:r>
+      <w:r w:rsidR="000A4E1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> přípustné pouze IČ příspěvkové organizace </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45541239" w14:textId="709DFD41" w:rsidR="00ED6518" w:rsidRPr="00751351" w:rsidRDefault="00C31ED2" w:rsidP="006C0570">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00751351">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED6518" w:rsidRPr="00751351">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>položek 246</w:t>
+      </w:r>
+      <w:r w:rsidR="00293DD7" w:rsidRPr="00751351">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="006979D6" w:rsidRPr="00751351">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00751351" w:rsidRPr="00751351">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>- kód</w:t>
+      </w:r>
+      <w:r w:rsidR="006979D6" w:rsidRPr="00751351">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 111</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="509C0FFC" w14:textId="0B9450B9" w:rsidR="00751351" w:rsidRPr="00751351" w:rsidRDefault="00C31ED2" w:rsidP="00751351">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00751351">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>u podseskupení 247</w:t>
+      </w:r>
+      <w:r w:rsidR="00693541">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:r w:rsidR="00751351" w:rsidRPr="00751351">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pouze kód zahraničí nebo mezinárodní organizace</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D422183" w14:textId="0E1E1C61" w:rsidR="00C31ED2" w:rsidRPr="00ED6518" w:rsidRDefault="00C31ED2" w:rsidP="00F764B6">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57E65949" w14:textId="6F212BA4" w:rsidR="004B440D" w:rsidRPr="004B440D" w:rsidRDefault="00994F80" w:rsidP="006A110D">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">přijaté půjčky z financování, tj. </w:t>
+      </w:r>
+      <w:r w:rsidR="004B440D" w:rsidRPr="004B440D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="009866C2" w:rsidRPr="004B440D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>oložk</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="009866C2" w:rsidRPr="004B440D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8113, 8213, 8123, 8223 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="763D533A" w14:textId="77777777" w:rsidR="004B440D" w:rsidRPr="004B440D" w:rsidRDefault="004B440D" w:rsidP="004B440D">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:spacing w:after="240"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A16E759" w14:textId="3AFC25A7" w:rsidR="006A110D" w:rsidRDefault="006A110D" w:rsidP="004B440D">
+      <w:pPr>
+        <w:pStyle w:val="Nadpis3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Výdaje </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B6FA99C" w14:textId="783139F7" w:rsidR="00025B9E" w:rsidRPr="00CD7255" w:rsidRDefault="00025B9E" w:rsidP="00025B9E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD7255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Dotace, příspěvky, jiné transfery na seskupení 52</w:t>
+      </w:r>
+      <w:r w:rsidR="00782EEC" w:rsidRPr="00CD7255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF0B56" w:rsidRPr="00CD7255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tj. transfery podnikatelům a neziskovým organizacím </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74D65C25" w14:textId="69062D64" w:rsidR="00217ABD" w:rsidRDefault="00127946" w:rsidP="00025B9E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E82F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Příspěvky příspěvkovým organizacím</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA5221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a další transfery</w:t>
+      </w:r>
+      <w:r w:rsidR="003A24D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, vratky </w:t>
+      </w:r>
+      <w:r w:rsidR="0019206D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>transferů, finanční</w:t>
+      </w:r>
+      <w:r w:rsidR="003A24D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vypořádání</w:t>
+      </w:r>
+      <w:r w:rsidR="004205F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:r w:rsidR="00743492">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>odvody za porušení rozpočtové kázně (položka 5363)</w:t>
+      </w:r>
+      <w:r w:rsidR="003A24D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003A24D4" w:rsidRPr="00E82F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> seskupení 53</w:t>
+      </w:r>
+      <w:r w:rsidR="00093E59" w:rsidRPr="00E82F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00093E59" w:rsidRPr="009B469C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s výjimkou položek </w:t>
+      </w:r>
+      <w:r w:rsidR="004C11DF" w:rsidRPr="009B469C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>5361</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA5221" w:rsidRPr="009B469C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kolky,</w:t>
+      </w:r>
+      <w:r w:rsidR="004C11DF" w:rsidRPr="009B469C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5362</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA5221" w:rsidRPr="009B469C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> daně</w:t>
+      </w:r>
+      <w:r w:rsidR="004C11DF" w:rsidRPr="009B469C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>, 5365</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA5221" w:rsidRPr="009B469C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00117EE7" w:rsidRPr="009B469C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>poplatky a</w:t>
+      </w:r>
+      <w:r w:rsidR="004C11DF" w:rsidRPr="009B469C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> podseskupení </w:t>
+      </w:r>
+      <w:r w:rsidR="00217ABD" w:rsidRPr="009B469C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">534, </w:t>
+      </w:r>
+      <w:r w:rsidR="00255FDC" w:rsidRPr="009B469C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>53</w:t>
+      </w:r>
+      <w:r w:rsidR="002342AF" w:rsidRPr="009B469C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA5221" w:rsidRPr="009B469C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (vnitřní převody</w:t>
+      </w:r>
+      <w:r w:rsidR="00E638AC" w:rsidRPr="009B469C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+      <w:r w:rsidR="00E638AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF7A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> investiční transfery seskupení 63</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69F4ED59" w14:textId="3C8F3B32" w:rsidR="007822A2" w:rsidRDefault="007822A2" w:rsidP="00D45E7F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007822A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kontrola MF </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="460C8877" w14:textId="769D3AFD" w:rsidR="007822A2" w:rsidRDefault="00AF7A35" w:rsidP="006E0AA5">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>u položek 5311 a 63</w:t>
+      </w:r>
+      <w:r w:rsidR="00B879E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="008D1F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> přípustné pouze IČ OSS</w:t>
+      </w:r>
+      <w:r w:rsidR="008435F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (kontrola IČ na právní subjektivitu)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D34ADCD" w14:textId="6BF3BCC3" w:rsidR="00B913F6" w:rsidRDefault="00B913F6" w:rsidP="006E0AA5">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>u polož</w:t>
+      </w:r>
+      <w:r w:rsidR="00090FE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>k 5323</w:t>
+      </w:r>
+      <w:r w:rsidR="008D1F6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>, 6342 -</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pouze IČ kraje </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66EACE61" w14:textId="0E637276" w:rsidR="00090FE3" w:rsidRDefault="00090FE3" w:rsidP="006E0AA5">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>u položek 5329 a 6349</w:t>
+      </w:r>
+      <w:r w:rsidR="0026243E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00523F38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="0026243E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pouze IČ </w:t>
+      </w:r>
+      <w:r w:rsidR="00523F38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>DSO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="196C771C" w14:textId="4F8BEF45" w:rsidR="00AF7A35" w:rsidRDefault="00AF7A35" w:rsidP="006E0AA5">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u položek </w:t>
+      </w:r>
+      <w:r w:rsidR="00E9285E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5339, </w:t>
+      </w:r>
+      <w:r w:rsidR="008435F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5659, 6359, </w:t>
+      </w:r>
+      <w:r w:rsidR="006273D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>6459</w:t>
+      </w:r>
+      <w:r w:rsidR="008435F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00450FA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="008435F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> přípustné pouze IČ příspěvkové organizace (kontrola IČ na právní subjektivitu)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0525B3DE" w14:textId="0703320A" w:rsidR="00590FF2" w:rsidRDefault="008435F6" w:rsidP="006E0AA5">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u položek 5331, </w:t>
+      </w:r>
+      <w:r w:rsidR="00590FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>5336, 5651, 6351, 6356</w:t>
+      </w:r>
+      <w:r w:rsidR="005A6128">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>, 6451</w:t>
+      </w:r>
+      <w:r w:rsidR="00590FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - přípustné pouze IČ zřizované příspěvkové organizace (kontrola IČ na právní subjektivitu)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B2B5DC7" w14:textId="3B21E54F" w:rsidR="00EA3F36" w:rsidRDefault="00EA3F36" w:rsidP="006E0AA5">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>u položek 5333,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B913F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>6353 - přípustné pouze IČ školské právnické osoby (kontrola IČ na právní subjektivitu, pozor je to jiná právnická subjektivita, než je „školská“ příspěvková organizace)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18F0311F" w14:textId="18EFAE4B" w:rsidR="008435F6" w:rsidRDefault="00693541" w:rsidP="006E0AA5">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u položky 5368 </w:t>
+      </w:r>
+      <w:r w:rsidR="00987203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> přípustné pouze MMR</w:t>
+      </w:r>
+      <w:r w:rsidR="00102C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IČ66002222</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27D20A2E" w14:textId="3DFE2B4B" w:rsidR="0082266A" w:rsidRDefault="0082266A" w:rsidP="006E0AA5">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>u položky 5364</w:t>
+      </w:r>
+      <w:r w:rsidR="00987203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nesmí být IČ obce, kraje, městské části nebo svazku obcí </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="037ACED2" w14:textId="6E11C215" w:rsidR="00186258" w:rsidRDefault="00186258" w:rsidP="006E0AA5">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>u položky 5367</w:t>
+      </w:r>
+      <w:r w:rsidR="00987203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> přípustné pouze IČ obce, </w:t>
+      </w:r>
+      <w:r w:rsidR="00952BA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">městské části nebo svazku obcí </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2678C506" w14:textId="22B8B924" w:rsidR="007C26BA" w:rsidRDefault="007C26BA" w:rsidP="006E0AA5">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>u seskupení 63</w:t>
+      </w:r>
+      <w:r w:rsidR="00987203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>7 - k</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ód 111</w:t>
+      </w:r>
+      <w:r w:rsidR="00985E9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Investiční transfery fyzickým osobám</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58F123CA" w14:textId="7DD1A34B" w:rsidR="00D606D6" w:rsidRDefault="0027607F" w:rsidP="006E0AA5">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u položky 6380 </w:t>
+      </w:r>
+      <w:r w:rsidR="009B469C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pouze kód zahraničí </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BE5F0BE" w14:textId="7294226C" w:rsidR="00114D29" w:rsidRPr="00114D29" w:rsidRDefault="00114D29" w:rsidP="006E0AA5">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00114D29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">u položky 5366 – pouze IČ kraje </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="619873FE" w14:textId="657DBE0D" w:rsidR="00CB24FA" w:rsidRDefault="007D729D" w:rsidP="007D729D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D729D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Podseskupení položek 549</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC7ED5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 637 </w:t>
+      </w:r>
+      <w:r w:rsidR="0050050F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>neinvestiční a investiční</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB24FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> transfery fyzickým osobám </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61BD9AFD" w14:textId="77777777" w:rsidR="00CB24FA" w:rsidRPr="00DF3FEC" w:rsidRDefault="00CB24FA" w:rsidP="002D3372">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF3FEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kontrola MF </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44B6ED3E" w14:textId="4B0CC899" w:rsidR="007D729D" w:rsidRDefault="00CB24FA" w:rsidP="006E0AA5">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF3FEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>u položek 549x</w:t>
+      </w:r>
+      <w:r w:rsidR="00507AB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>, 637</w:t>
+      </w:r>
+      <w:r w:rsidR="00E627A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r w:rsidR="00507AB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF3FEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>volíme kód 111</w:t>
+      </w:r>
+      <w:r w:rsidR="007D729D" w:rsidRPr="00DF3FEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CE40180" w14:textId="77777777" w:rsidR="002D3372" w:rsidRDefault="002D3372" w:rsidP="00DF3FEC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D49032D" w14:textId="1F64E377" w:rsidR="00DF3FEC" w:rsidRPr="006B6EEE" w:rsidRDefault="00DF3FEC" w:rsidP="00DF3FEC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002862E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Seskupení 55 </w:t>
+      </w:r>
+      <w:r w:rsidR="002862E7" w:rsidRPr="002862E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Neinvestiční transfery do zahraničí </w:t>
+      </w:r>
+      <w:r w:rsidR="001C0BC4" w:rsidRPr="006B6EEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>s výjimkou podseskupení 554</w:t>
+      </w:r>
+      <w:r w:rsidR="00585BF4" w:rsidRPr="006B6EEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Členské příspěvky mezinárodním organizacím)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D465389" w14:textId="77777777" w:rsidR="002862E7" w:rsidRDefault="002862E7" w:rsidP="002862E7">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Kontrola MF u seskupení 55 - pouze kód zahraničí nebo mezinárodní organizace</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20CD2B57" w14:textId="1E59AC52" w:rsidR="00E81F44" w:rsidRPr="00043924" w:rsidRDefault="00822318" w:rsidP="00025B9E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E82F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Seskupení položek 58</w:t>
+      </w:r>
+      <w:r w:rsidR="00E81F44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (5811, 5812)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F00EF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E638AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Výdaje za náhrady za nezpůsobenou újmu </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B883E22" w14:textId="4365D316" w:rsidR="00822318" w:rsidRPr="00E82F3C" w:rsidRDefault="00822318" w:rsidP="00025B9E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E82F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Poskytnuté půjčky z rozpočtu a</w:t>
+      </w:r>
+      <w:r w:rsidR="007A5129" w:rsidRPr="00E82F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> splátky půjček u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E82F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> financování </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75D3227B" w14:textId="18BA46D5" w:rsidR="00FB02A7" w:rsidRPr="005D0DAA" w:rsidRDefault="005D0DAA" w:rsidP="005D0DAA">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2F06" w:rsidRPr="005D0DAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>eskupení 56 a 64 poskytované půjčky</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0128">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007602C1" w:rsidRPr="005D0DAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(jedná se o </w:t>
+      </w:r>
+      <w:r w:rsidR="00973FFB" w:rsidRPr="005D0DAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>neinvestiční a investiční půjčené prostředky jiným osobám)</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2F06" w:rsidRPr="005D0DAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D172EF2" w14:textId="77777777" w:rsidR="00D45E7F" w:rsidRDefault="00D45E7F" w:rsidP="00FF0128">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B911CEA" w14:textId="02255414" w:rsidR="006979D6" w:rsidRPr="00FF0128" w:rsidRDefault="006979D6" w:rsidP="00FF0128">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF0128">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kontrola MF </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="607A5D88" w14:textId="5CD1111A" w:rsidR="006979D6" w:rsidRDefault="006979D6" w:rsidP="00FF0128">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u položek 5660 a </w:t>
+      </w:r>
+      <w:r w:rsidR="00293DD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">460 </w:t>
+      </w:r>
+      <w:r w:rsidR="00513DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kód 111</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F3D078F" w14:textId="77777777" w:rsidR="00DE6661" w:rsidRDefault="00DE6661" w:rsidP="00FF0128">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE6661">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u položky 6451 - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>přípustné pouze IČ zřizované příspěvkové organizace (kontrola IČ na právní subjektivitu)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D5BFD9B" w14:textId="1B52470C" w:rsidR="008D1F6E" w:rsidRDefault="008838F5" w:rsidP="00FF0128">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u položek 5642 a 6342 </w:t>
+      </w:r>
+      <w:r w:rsidR="00960BA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pouze IČ kraje</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4201773D" w14:textId="42FEF204" w:rsidR="008838F5" w:rsidRDefault="008838F5" w:rsidP="00FF0128">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u položek </w:t>
+      </w:r>
+      <w:r w:rsidR="007B24F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5649 a 6449 </w:t>
+      </w:r>
+      <w:r w:rsidR="00960BA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="007B24F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pouze IČ svazku obcí </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="476920BA" w14:textId="77777777" w:rsidR="00FF0128" w:rsidRDefault="00FF0128" w:rsidP="00FF0128">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1068"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EC47A6A" w14:textId="79C3476D" w:rsidR="00923112" w:rsidRPr="00513DAE" w:rsidRDefault="005D0DAA" w:rsidP="00513DAE">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00513DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>splátky půjček</w:t>
+      </w:r>
+      <w:r w:rsidR="006629BE" w:rsidRPr="00513DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00513DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="006629BE" w:rsidRPr="00513DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>financování</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00513DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>, tj.</w:t>
+      </w:r>
+      <w:r w:rsidR="007A5129" w:rsidRPr="00513DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> položky 8114, 8214, 8124, 8224 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F158698" w14:textId="403E2E94" w:rsidR="00127946" w:rsidRDefault="00923112" w:rsidP="008422F0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Další v</w:t>
+      </w:r>
+      <w:r w:rsidR="00A136B4" w:rsidRPr="00923112">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ýdaje z finančních vypořádání a sankční platby </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C2EC8ED" w14:textId="2A2B93C3" w:rsidR="0050050F" w:rsidRPr="00AF31F7" w:rsidRDefault="00AF31F7" w:rsidP="008422F0">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF31F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">položka 5902 </w:t>
+      </w:r>
+      <w:r w:rsidR="008573DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ostatní transfery z finančního vypořádání </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C2F2D70" w14:textId="678589C3" w:rsidR="00AF31F7" w:rsidRPr="00AF31F7" w:rsidRDefault="00AF31F7" w:rsidP="008422F0">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF31F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">položka 5904 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D606D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF31F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008573DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tzv. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF31F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vratky transferů na základě výzvy </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DDEF9CF" w14:textId="0902DAE8" w:rsidR="00093E59" w:rsidRPr="007C5CE8" w:rsidRDefault="009619D8" w:rsidP="00025B9E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008422F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Pozn.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C5CE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> U položek 4119, </w:t>
+      </w:r>
+      <w:r w:rsidR="00357BB7" w:rsidRPr="007C5CE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5212, 5612, 5613, 6312, 6412, </w:t>
+      </w:r>
+      <w:r w:rsidR="007A5898" w:rsidRPr="007C5CE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">podseskupení 241, 242, 521, 522 </w:t>
+      </w:r>
+      <w:r w:rsidR="007A5898" w:rsidRPr="00CC2CEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>(výjimka 5229)</w:t>
+      </w:r>
+      <w:r w:rsidR="007A4B19" w:rsidRPr="007C5CE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>, 561,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D606D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A4B19" w:rsidRPr="007C5CE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">562, 631, 632, 641, 642 nesmí být IČ obce, kraje, městské části a svazku obcí. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0771C7C3" w14:textId="175A7312" w:rsidR="00127946" w:rsidRPr="008422F0" w:rsidRDefault="006C619C" w:rsidP="000A4B37">
+      <w:pPr>
+        <w:pStyle w:val="Nadpis3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008422F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zároveň má MF nastavenu kontrolu, že u jiných </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2CEB" w:rsidRPr="008422F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>položek,</w:t>
+      </w:r>
+      <w:r w:rsidR="008422F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> než výše uvedených</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008422F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nebude ID partnera uvedeno. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61D63B84" w14:textId="77777777" w:rsidR="006C619C" w:rsidRPr="006C619C" w:rsidRDefault="006C619C" w:rsidP="006C619C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="630B53F4" w14:textId="71045CA8" w:rsidR="00D77EF1" w:rsidRPr="00AF7825" w:rsidRDefault="00E52CD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007B794C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nový výkaz a změna vyhlášky č. 5/2014. </w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>Připomenutí:</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-          <w:iCs/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D77EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Připomenutí:</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Termíny</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF7825">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> pro předání výkazů na MF pro k</w:t>
       </w:r>
       <w:r w:rsidR="00D77EF1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Termíny Kraje a HM Praha: </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="615E31CF" w14:textId="2C44349A" w:rsidR="00D77EF1" w:rsidRPr="003C36FA" w:rsidRDefault="00E52CD0">
+        <w:t xml:space="preserve">raje a HM Praha: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="615E31CF" w14:textId="3F65FF70" w:rsidR="00D77EF1" w:rsidRPr="003C36FA" w:rsidRDefault="00E52CD0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C36FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Důvod</w:t>
       </w:r>
       <w:r w:rsidR="00040EDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
+        <w:t xml:space="preserve"> uvedení</w:t>
+      </w:r>
+      <w:r w:rsidR="001B684E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> je pro představu, </w:t>
+      </w:r>
+      <w:r w:rsidR="0061682B" w:rsidRPr="003C36FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>jaký bude</w:t>
+      </w:r>
+      <w:r w:rsidR="00040EDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> časový</w:t>
+      </w:r>
+      <w:r w:rsidR="0061682B" w:rsidRPr="003C36FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prostor na křížové kontroly</w:t>
+      </w:r>
+      <w:r w:rsidR="001B684E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22DBBFC3" w14:textId="7D3120BF" w:rsidR="00D77EF1" w:rsidRPr="003C36FA" w:rsidRDefault="00D77EF1" w:rsidP="0061682B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C36FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Za měsíční období do </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C36FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>20. dne následujícího měsíce.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6358729B" w14:textId="3EA8A64D" w:rsidR="00D77EF1" w:rsidRPr="003C36FA" w:rsidRDefault="00D77EF1" w:rsidP="0061682B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C36FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Za </w:t>
+      </w:r>
+      <w:r w:rsidR="00721D9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C36FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">období </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C36FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>do 25. února následujícího roku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43A52C06" w14:textId="77777777" w:rsidR="00AF7825" w:rsidRDefault="00AF7825" w:rsidP="0061682B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00D77EF1" w:rsidRPr="003C36FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>řipadne-li termín na sobotu, neděli nebo státní svátek, je posledním dnem lhůty nejbližší příští pracovní den.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EB572FA" w14:textId="3296C649" w:rsidR="00D77EF1" w:rsidRPr="00721D9D" w:rsidRDefault="00D77EF1" w:rsidP="0061682B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721D9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Za leden a za červenec se výkazy nepředávají.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02089FB0" w14:textId="1A3D1356" w:rsidR="00D77EF1" w:rsidRPr="003C36FA" w:rsidRDefault="00D77EF1" w:rsidP="0061682B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C36FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Údaje o schváleném rozpočtu územních samosprávných celků,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C36FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dobrovolných svazků obcí a městských částí hlavního města Prahy se uvedou </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C36FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>nejpozději ve výkazech sestavených ke dni 30. dubna</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C36FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> příslušného rozpočtového roku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26CE927C" w14:textId="13A9D0AA" w:rsidR="004457E6" w:rsidRPr="00E473AD" w:rsidRDefault="00D77EF1" w:rsidP="0061682B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E473AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Obcím stanoví termíny předložení výkazu</w:t>
+      </w:r>
+      <w:r w:rsidR="005F0D9D" w:rsidRPr="00E473AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (nebo </w:t>
+      </w:r>
+      <w:r w:rsidR="001860DA" w:rsidRPr="00E473AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="005F0D9D" w:rsidRPr="00E473AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>at)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E473AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...58 lines deleted...]
-    <w:p w14:paraId="22DBBFC3" w14:textId="77777777" w:rsidR="00D77EF1" w:rsidRPr="003C36FA" w:rsidRDefault="00D77EF1" w:rsidP="0061682B">
+      <w:r w:rsidR="00325DA5" w:rsidRPr="00E473AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E473AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">raj. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15F54DF2" w14:textId="5185DAED" w:rsidR="004457E6" w:rsidRPr="00E473AD" w:rsidRDefault="00D77EF1" w:rsidP="0061682B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C36FA">
-[...18 lines deleted...]
-    <w:p w14:paraId="6358729B" w14:textId="77777777" w:rsidR="00D77EF1" w:rsidRPr="003C36FA" w:rsidRDefault="00D77EF1" w:rsidP="0061682B">
+      <w:r w:rsidRPr="00E473AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>V prvním pololetí</w:t>
+      </w:r>
+      <w:r w:rsidR="003B7EDA" w:rsidRPr="00E473AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00325DA5" w:rsidRPr="00E473AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se </w:t>
+      </w:r>
+      <w:r w:rsidR="001B684E" w:rsidRPr="00E473AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>očekává pravděpodobné</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E473AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prodloužení ze strany MF 5 dní na křížové kontroly na IČ</w:t>
+      </w:r>
+      <w:r w:rsidR="003B7EDA" w:rsidRPr="00E473AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (lze provádět až po předání dat od všech</w:t>
+      </w:r>
+      <w:r w:rsidR="00325DA5" w:rsidRPr="00E473AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> subjektů</w:t>
+      </w:r>
+      <w:r w:rsidR="003B7EDA" w:rsidRPr="00E473AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E473AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="520B114B" w14:textId="77777777" w:rsidR="00A310B7" w:rsidRPr="005958FB" w:rsidRDefault="00A310B7" w:rsidP="0061682B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="26"/>
-[...234 lines deleted...]
-      </w:r>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="64206DC2" w14:textId="77777777" w:rsidR="00D77EF1" w:rsidRDefault="00D77EF1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69E03F85" w14:textId="005CFBBB" w:rsidR="003B7EDA" w:rsidRPr="003B7EDA" w:rsidRDefault="003B7EDA">
-[...4 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="25C4E784" w14:textId="77777777" w:rsidR="00E17D0D" w:rsidRPr="00EF03D4" w:rsidRDefault="006A50F3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dobrá praxe: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71E88D1A" w14:textId="34BD0E7B" w:rsidR="006A50F3" w:rsidRPr="00EF03D4" w:rsidRDefault="008D15BB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Doporučuj</w:t>
+      </w:r>
+      <w:r w:rsidR="00A346D0" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eme </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">si </w:t>
+      </w:r>
+      <w:r w:rsidR="00057D8A" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>domluvit mezi</w:t>
+      </w:r>
+      <w:r w:rsidR="006A50F3" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ÚSC (kraj, obec, svazek obcí) </w:t>
+      </w:r>
+      <w:r w:rsidR="0037415F" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uvedení třídění dle rozpočtové skladby</w:t>
+      </w:r>
+      <w:r w:rsidR="000317E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> včetně NZUZ,</w:t>
+      </w:r>
+      <w:r w:rsidR="0037415F" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000317E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ID</w:t>
+      </w:r>
+      <w:r w:rsidR="0037415F" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a mimořádné události </w:t>
+      </w:r>
+      <w:r w:rsidR="00A24D9A" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u vzájemných transferových příjmů a výdajů přímo do výpisu z běžných účtů, např. formou specifického symbolu, poznámky…</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00057D8A" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tím by se zajistila pro partnera informace o zvoleném třídění </w:t>
+      </w:r>
+      <w:r w:rsidR="00A346D0" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a shoda pro křížové kontroly. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B286B5C" w14:textId="7A787A09" w:rsidR="006A50F3" w:rsidRPr="00EF03D4" w:rsidRDefault="005E11F2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pro snížení rozdílů v křížových kontrolách je důležité nastavení rozpočtu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="274BF8D1" w14:textId="77777777" w:rsidR="009A04DD" w:rsidRPr="00EF03D4" w:rsidRDefault="006012D6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Příklad: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Obec </w:t>
+      </w:r>
+      <w:r w:rsidR="00B12130" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zasílá svazku obcí transfer na pořízení dlouhodobého majetku. Obec jej má však rozpočtovaný na běžném výdaji</w:t>
+      </w:r>
+      <w:r w:rsidR="00560D78" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (při sestavování rozpočtu nebyl titul transferu ještě vyjasněn)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B12130" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, svazek na kapitálovém příjmu. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E11AA7" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Křížová kontrola nesouhlasí. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B12130" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ani jedné straně se nechce do opravy položky kvůli schválenému</w:t>
+      </w:r>
+      <w:r w:rsidR="00560D78" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> závaznému ukazateli </w:t>
+      </w:r>
+      <w:r w:rsidR="00B12130" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rozpočtu. Řešením je schvalování závazných ukazatelů rozpočtu na vyšší třídění rozpočtové skladby,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7674" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tj. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B12130" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7674" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nevolit položky jako</w:t>
+      </w:r>
+      <w:r w:rsidR="00B12130" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> závazné ukazatele </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7674" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rozpočtu. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E11AA7" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="421BF73A" w14:textId="411DDC9F" w:rsidR="006012D6" w:rsidRPr="00757384" w:rsidRDefault="00757384">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B7EDA">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00757384">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Přípravné práce pro rok 2026 – Rozpočet </w:t>
-[...19 lines deleted...]
-    <w:p w14:paraId="419799BF" w14:textId="737E4ECD" w:rsidR="009B2A49" w:rsidRPr="003C36FA" w:rsidRDefault="009B2A49" w:rsidP="003C36FA">
+        <w:t>Možnosti</w:t>
+      </w:r>
+      <w:r w:rsidR="009A04DD" w:rsidRPr="00757384">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, jak postupovat u podoby schváleného rozpočtu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757384">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> u závazných ukazatelů</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE58B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE3CF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">postupy u rozpočtových opatření </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="419799BF" w14:textId="620BF228" w:rsidR="009B2A49" w:rsidRPr="003C36FA" w:rsidRDefault="009B2A49" w:rsidP="003C36FA">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C36FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>MF se přiklání ke schvalování rozpočtu</w:t>
       </w:r>
       <w:r w:rsidR="009D5CD2" w:rsidRPr="003C36FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve"> dle potřeb obce, spíše k užším verzím (dle tříd položek, dle paragrafů, dle </w:t>
+        <w:t xml:space="preserve"> dle potřeb obce, spíše k užším verzím (dle tříd položek, dle </w:t>
+      </w:r>
+      <w:r w:rsidR="0099163C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oddílu </w:t>
+      </w:r>
+      <w:r w:rsidR="0027779B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nebo skupiny </w:t>
+      </w:r>
+      <w:r w:rsidR="009D5CD2" w:rsidRPr="003C36FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">paragrafů, dle </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009D5CD2" w:rsidRPr="003C36FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>orgů</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009D5CD2" w:rsidRPr="003C36FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> a vnitřní odpovědnosti apod.)</w:t>
       </w:r>
       <w:r w:rsidR="00A55B05" w:rsidRPr="003C36FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0262914C" w14:textId="2383623B" w:rsidR="00FC5D32" w:rsidRDefault="00A55B05" w:rsidP="003C36FA">
+    <w:p w14:paraId="0262914C" w14:textId="12705403" w:rsidR="00FC5D32" w:rsidRDefault="00A55B05" w:rsidP="003C36FA">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C36FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>Vždy uvést co jsou základní ukazatele rozpočtu, je možné podávat i podklady, rozpisy rozpočtu dle odpovědných osob, rozpisy investic, tzv. rozpočty pod čarou</w:t>
+        <w:t xml:space="preserve">Vždy uvést </w:t>
+      </w:r>
+      <w:r w:rsidR="001D0A0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">při návrhu rozpočtu ke schválení, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C36FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>co jsou základní ukazatele rozpočtu</w:t>
+      </w:r>
+      <w:r w:rsidR="001D0A0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C36FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001D0A0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Je</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C36FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> možné </w:t>
+      </w:r>
+      <w:r w:rsidR="001D0A0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zastupitelům </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC6314">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">předávat </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C36FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>i podklady</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC6314">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pro závazné ukazatele</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C36FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>, rozpisy rozpočtu dle odpovědných osob, rozpisy investic, tzv. rozpočty pod čarou</w:t>
       </w:r>
       <w:r w:rsidR="00A31E6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Je potřeba předkládat ta, aby bylo zřejmé, že je to jen materiál k návrhu rozpočtu jakoby doplňující, odůvodňující – že se nejedná o podobu návrhu rozpočtu ke schválení. </w:t>
+        <w:t>. Je potřeba předkládat ta</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC6314">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31E6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>, aby bylo zřejmé, že je to jen materiál k návrhu rozpočtu jakoby doplňující, odůvodňující</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC6314">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31E6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> že se nejedná o podobu návrhu rozpočtu ke schválení. </w:t>
       </w:r>
       <w:r w:rsidR="007E6F9F" w:rsidRPr="003C36FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12E6C4F7" w14:textId="119B002E" w:rsidR="00A55B05" w:rsidRPr="003C36FA" w:rsidRDefault="007E6F9F" w:rsidP="003C36FA">
+    <w:p w14:paraId="12E6C4F7" w14:textId="06DA0342" w:rsidR="00A55B05" w:rsidRPr="003C36FA" w:rsidRDefault="007E6F9F" w:rsidP="003C36FA">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C36FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">Nikdy nemohou být součástí rozpočtu </w:t>
       </w:r>
       <w:r w:rsidRPr="00B01541">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">členění na mimořádné události a identifikaci partnera </w:t>
+        <w:t>členění na mimořádné události a identifikaci partnera</w:t>
+      </w:r>
+      <w:r w:rsidR="00F25491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="003C36FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">– není to třídění rozpočtové skladby, jedná se o jen vykazování (jen součástí skutečnosti). Velmi nevhodné je i schvalovat rozpočet v závazných ukazatelích dle NZUZ – součást až rozpisu rozpočtu. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3EA5FBAB" w14:textId="0F8E1F7F" w:rsidR="001A06F4" w:rsidRPr="00040EDC" w:rsidRDefault="001A06F4" w:rsidP="003C36FA">
+        <w:t xml:space="preserve"> není to třídění rozpočtové skladby, jedná se jen </w:t>
+      </w:r>
+      <w:r w:rsidR="00194132">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C36FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>vykazování skutečnosti. Velmi nevhodné je i schvalovat rozpočet v závazných ukazatelích dle NZUZ</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD264E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00194132">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">třídění </w:t>
+      </w:r>
+      <w:r w:rsidR="009600B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NZUZ je vhodné až jako </w:t>
+      </w:r>
+      <w:r w:rsidR="009600B8" w:rsidRPr="003C36FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>součást rozpisu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C36FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rozpočtu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EA5FBAB" w14:textId="5FE2A568" w:rsidR="001A06F4" w:rsidRPr="00040EDC" w:rsidRDefault="001A06F4" w:rsidP="003C36FA">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C36FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rozpis rozpočtu – podrobný, včetně NZUZ, </w:t>
+        <w:t xml:space="preserve">Rozpis </w:t>
+      </w:r>
+      <w:r w:rsidR="006F7A1D" w:rsidRPr="003C36FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>rozpočtu</w:t>
+      </w:r>
+      <w:r w:rsidR="006F7A1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – podrobný</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C36FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, včetně NZUZ, </w:t>
       </w:r>
       <w:r w:rsidRPr="00040EDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">ne mimořádné události a IČ. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="71119141" w14:textId="547F1423" w:rsidR="001A06F4" w:rsidRDefault="001A06F4" w:rsidP="003C36FA">
+        <w:t xml:space="preserve">ne </w:t>
+      </w:r>
+      <w:r w:rsidR="00377F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">však </w:t>
+      </w:r>
+      <w:r w:rsidR="00942C91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kódy </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040EDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>mimořádné události a I</w:t>
+      </w:r>
+      <w:r w:rsidR="00942C91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040EDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71119141" w14:textId="5AB36BA4" w:rsidR="001A06F4" w:rsidRDefault="001A06F4" w:rsidP="003C36FA">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C36FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>Rozpočtová opatření – jen ve vztahu k podobě schváleného rozpočtu, RO by neměla řešit jen změny rozpisu</w:t>
+        <w:t xml:space="preserve">Rozpočtová </w:t>
+      </w:r>
+      <w:r w:rsidR="009A1B9E" w:rsidRPr="003C36FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>opatření</w:t>
+      </w:r>
+      <w:r w:rsidR="009A1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (dále jen RO)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C36FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00942C91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C36FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jen ve vztahu k podobě schváleného rozpočtu, RO by neměla řešit jen změny rozpisu</w:t>
       </w:r>
       <w:r w:rsidR="00D13D63" w:rsidRPr="003C36FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> rozpočtu, které nemají vliv na hodnoty schváleného </w:t>
       </w:r>
-      <w:r w:rsidR="00EE6636" w:rsidRPr="003C36FA">
-[...5 lines deleted...]
-        <w:t>rozpočtu –</w:t>
+      <w:r w:rsidR="00377F72" w:rsidRPr="003C36FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>rozpočtu</w:t>
+      </w:r>
+      <w:r w:rsidR="00377F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00377F72" w:rsidRPr="003C36FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> je</w:t>
       </w:r>
       <w:r w:rsidRPr="003C36FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve"> je možné informovat, ale ne schvalovat jako RO. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="65747B16" w14:textId="0F268857" w:rsidR="0080569E" w:rsidRPr="003C36FA" w:rsidRDefault="00083D25" w:rsidP="003C36FA">
+        <w:t xml:space="preserve"> možné informovat</w:t>
+      </w:r>
+      <w:r w:rsidR="00377F72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zastupitele</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C36FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ale ne schvalovat jako RO. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65747B16" w14:textId="292D0122" w:rsidR="0080569E" w:rsidRPr="003C36FA" w:rsidRDefault="00083D25" w:rsidP="003C36FA">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...8 lines deleted...]
-        <w:t>NE</w:t>
+        <w:t>RO se provádějí především na nekryté výdaje rozpočtem! (</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB43DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
+        <w:t xml:space="preserve">emusí se upravovat financování mimo schválené úvěry a splátky, dále </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB43DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>se nemusí</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007C3592">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">navyšovat příjmy, pokud nekryjí výdaje apod.) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23272543" w14:textId="38A9A469" w:rsidR="00243033" w:rsidRDefault="004A3C4A" w:rsidP="003C36FA">
+    <w:p w14:paraId="23272543" w14:textId="4C1D30AE" w:rsidR="00243033" w:rsidRDefault="004A3C4A" w:rsidP="003C36FA">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C36FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rozpis rozpočtových opatření – </w:t>
+        <w:t xml:space="preserve">Rozpis rozpočtových </w:t>
+      </w:r>
+      <w:r w:rsidR="006F7A1D" w:rsidRPr="003C36FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">opatření </w:t>
+      </w:r>
+      <w:r w:rsidR="006F7A1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>– změny</w:t>
       </w:r>
       <w:r w:rsidR="00243033" w:rsidRPr="003C36FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">změny ve schváleném rozpočtu se musí </w:t>
+        <w:t xml:space="preserve"> ve schváleném rozpočtu se musí </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00243033" w:rsidRPr="003C36FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>dorozepsat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000D1A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE6636" w:rsidRPr="003C36FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> např.</w:t>
+      </w:r>
       <w:r w:rsidR="00243033" w:rsidRPr="003C36FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t>- např.</w:t>
+        <w:t xml:space="preserve"> přesun výdajů na kapitálové a obráceně, nové příjmy </w:t>
+      </w:r>
+      <w:r w:rsidR="000D1A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>a proti nim</w:t>
       </w:r>
       <w:r w:rsidR="00243033" w:rsidRPr="003C36FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve"> přesun výdajů na kapitálové a obráceně, nové příjmy – nové výdaje…</w:t>
+        <w:t xml:space="preserve"> nové výdaje…</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="306DD86B" w14:textId="4B7D8CFB" w:rsidR="00FF1BEE" w:rsidRPr="003C36FA" w:rsidRDefault="00FF1BEE" w:rsidP="003C36FA">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">NZUZ se po vyjasnění </w:t>
       </w:r>
       <w:r w:rsidR="00146B67">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">(po schválení struktury financování např. po vysoutěžení) se v rozpisu rozpočtu ale upravují. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01DFE501" w14:textId="1C755786" w:rsidR="00243033" w:rsidRPr="003C36FA" w:rsidRDefault="00243033" w:rsidP="003C36FA">
+    <w:p w14:paraId="01DFE501" w14:textId="36DDF3F7" w:rsidR="00243033" w:rsidRPr="003C36FA" w:rsidRDefault="00243033" w:rsidP="003C36FA">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C36FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>Ale nemusí se rozepisovat změny rozpisu –</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> v </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Ale nemusí se </w:t>
+      </w:r>
+      <w:r w:rsidR="004929C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>upravovat</w:t>
       </w:r>
       <w:r w:rsidRPr="003C36FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
+        <w:t xml:space="preserve"> změny rozpisu</w:t>
+      </w:r>
+      <w:r w:rsidR="004929C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rozpočtu</w:t>
+      </w:r>
+      <w:r w:rsidR="008F2046">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. V </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C36FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t>rozpočtu např. schválena třída</w:t>
       </w:r>
       <w:r w:rsidR="00EE6636" w:rsidRPr="003C36FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> položek</w:t>
       </w:r>
       <w:r w:rsidR="00105439">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1,2,3,4,5,6,8)</w:t>
       </w:r>
       <w:r w:rsidR="00EE6636" w:rsidRPr="003C36FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – v rámci jedné třídy pak není potřeba rozpisy uprav</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008F2046">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE6636" w:rsidRPr="003C36FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> v rámci jedné třídy pak není potřeba rozpisy uprav</w:t>
       </w:r>
       <w:r w:rsidR="00E14959">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>ovat</w:t>
       </w:r>
       <w:r w:rsidR="00EE6636" w:rsidRPr="003C36FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="003C36FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FB3A687" w14:textId="5556928D" w:rsidR="001A06F4" w:rsidRDefault="00EE6636" w:rsidP="003C36FA">
+    <w:p w14:paraId="4FB3A687" w14:textId="0D4FAF63" w:rsidR="001A06F4" w:rsidRDefault="002955D3" w:rsidP="003C36FA">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C36FA">
-[...5 lines deleted...]
-        <w:t>Tj. N</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="004A3C4A" w:rsidRPr="003C36FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>ení povinnost slaďovat rozpočtový rozpis na skutečnost</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">ení povinnost slaďovat </w:t>
+      </w:r>
+      <w:r w:rsidR="004A3C4A" w:rsidRPr="008F2046">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>rozpočtový rozpis na skutečnost</w:t>
+      </w:r>
+      <w:r w:rsidR="00243033" w:rsidRPr="008F2046">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EFD1691" w14:textId="6E153E46" w:rsidR="00EB7BAE" w:rsidRDefault="00EB7BAE" w:rsidP="003C36FA">
+    <w:p w14:paraId="4EFD1691" w14:textId="52F57759" w:rsidR="00EB7BAE" w:rsidRDefault="00EB7BAE" w:rsidP="003C36FA">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>Změna i do zákona 250/2000 Sb. k závěrečnému účtu – ne podrobn</w:t>
+        <w:t>Změna i do zákona 250/2000 Sb. k závěrečnému účtu</w:t>
+      </w:r>
+      <w:r w:rsidR="008F2046">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Nebude požadováno </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>podrobn</w:t>
       </w:r>
       <w:r w:rsidR="00723A43">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">é plnění rozpočtu, ale jen to, co obce chce vidět ve vztahu k rozpočtu. Není vůbec potřeba uvádět výkaz FIN </w:t>
+        <w:t>é plnění rozpočtu, ale jen to, co obce chce vidět ve vztahu k rozpočtu. Ne</w:t>
+      </w:r>
+      <w:r w:rsidR="001E0001">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>bude a vlastně ani není</w:t>
+      </w:r>
+      <w:r w:rsidR="00723A43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vůbec potřeba uvádět </w:t>
+      </w:r>
+      <w:r w:rsidR="007F042F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">k závěrečnému účtu </w:t>
+      </w:r>
+      <w:r w:rsidR="00723A43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">výkaz FIN </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00723A43">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>2-12M</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00723A43">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CAF36E1" w14:textId="0D1EC2F8" w:rsidR="007D0A71" w:rsidRPr="00125CA7" w:rsidRDefault="007D0A71" w:rsidP="003C36FA">
+    <w:p w14:paraId="0CAF36E1" w14:textId="3CB71C5F" w:rsidR="007D0A71" w:rsidRPr="00125CA7" w:rsidRDefault="007D0A71" w:rsidP="003C36FA">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">Změny u rozpočtu fondů – pokud schvalován rozpočet peněžních fondů u ÚSC tak ve verzi i po konsolidaci! </w:t>
+        <w:t xml:space="preserve">Změny u rozpočtu </w:t>
+      </w:r>
+      <w:r w:rsidR="001E0001">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>fondů – pokud</w:t>
+      </w:r>
+      <w:r w:rsidR="007F042F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> je</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> schvalován rozpočet peněžních fondů u ÚSC</w:t>
+      </w:r>
+      <w:r w:rsidR="001E0001">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tak</w:t>
+      </w:r>
+      <w:r w:rsidR="007F042F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by měl být schvalování i ve</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007F042F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>verzi po</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> konsolidaci! </w:t>
       </w:r>
       <w:r w:rsidR="00125CA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">(prý nelze moc sjednotit předpisem – OSS </w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="001E0001">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="007F042F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>le sdělení MF</w:t>
+      </w:r>
+      <w:r w:rsidR="00125CA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007F042F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>nelze sjednotit postup rozpočtování předpisem.</w:t>
+      </w:r>
+      <w:r w:rsidR="00125CA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> OSS </w:t>
       </w:r>
       <w:r w:rsidR="00552E0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="00125CA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">ají mimorozpočtové fondy – tj. vždy výdaj, ne přesuny v rámci rozpočtových </w:t>
+        <w:t>ají mimorozpočtové fondy</w:t>
+      </w:r>
+      <w:r w:rsidR="001E0001">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00125CA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tj. vždy výdaj, ne přesuny v rámci rozpočtových </w:t>
       </w:r>
       <w:r w:rsidR="00125CA7" w:rsidRPr="00125CA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>účtů</w:t>
       </w:r>
       <w:r w:rsidR="00552E0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">, jak je tomu </w:t>
       </w:r>
       <w:r w:rsidR="00186EDA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">u peněžních fondů </w:t>
       </w:r>
@@ -1243,2441 +9071,2780 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>u ÚSC)</w:t>
       </w:r>
       <w:r w:rsidR="00125CA7" w:rsidRPr="00125CA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00125CA7" w:rsidRPr="00125CA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="175237AC" w14:textId="2EA02F90" w:rsidR="00D77EF1" w:rsidRPr="007C3592" w:rsidRDefault="00D77EF1">
-[...4 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="75EB0363" w14:textId="110CB888" w:rsidR="00B01541" w:rsidRPr="00C2240D" w:rsidRDefault="00B01541" w:rsidP="00AC4F36">
+      <w:pPr>
+        <w:pStyle w:val="Nadpis2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C2240D">
+        <w:t>Značení účelovými znaky – rozdíl od roku 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A093F93" w14:textId="77777777" w:rsidR="00E74F81" w:rsidRDefault="00E74F81" w:rsidP="00E74F81">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007C3592">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00804F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Základní změny od 2026: </w:t>
-[...9 lines deleted...]
-          <w:iCs/>
+        <w:t xml:space="preserve">Připomínám kontrolu MF, že UZ musí být u položek </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-          <w:iCs/>
+        <w:t xml:space="preserve">411x, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC2CEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="0F3C85B5" w14:textId="4A098D94" w:rsidR="004F2EAA" w:rsidRPr="00B01541" w:rsidRDefault="00D77EF1" w:rsidP="00B01541">
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>(výjimka 4112, 4119</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC2CEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 421x </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E0001">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>(výjimka 4212,4219),</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4160, 4240</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FD8DE8B" w14:textId="5160B085" w:rsidR="00E74F81" w:rsidRDefault="00E74F81" w:rsidP="00E74F81">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Od roku 2026 se použití UZ rozšiřuje takto: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DDE42CE" w14:textId="77777777" w:rsidR="00E74F81" w:rsidRDefault="00E74F81" w:rsidP="00E74F81">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="26"/>
-[...88 lines deleted...]
-    <w:p w14:paraId="2F2C51E8" w14:textId="283284A1" w:rsidR="00125CA7" w:rsidRPr="00B01541" w:rsidRDefault="00125CA7" w:rsidP="00B01541">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00804F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>UZ k položkám 4171 a 4172</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42B5972D" w14:textId="622446F2" w:rsidR="00E74F81" w:rsidRPr="00804F19" w:rsidRDefault="00E74F81" w:rsidP="00E74F81">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="26"/>
-[...45 lines deleted...]
-    <w:p w14:paraId="547B3BA3" w14:textId="27E2498C" w:rsidR="00F341AC" w:rsidRPr="00B01541" w:rsidRDefault="00F341AC" w:rsidP="00B01541">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>UZ k položkám 4121, 4122, 4129, 4137, 8113 a 8123, 8114 a 8124 – za podmínky že zdrojem těchto transferů a půjčených prostředků jsou je státní rozpočet, státní fond nebo národní fond (např. obědy do škol). Tedy ne vždy UZ</w:t>
+      </w:r>
+      <w:r w:rsidR="0025689B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, UZ jen pokud je splněna podmínka zdroje</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B7577FB" w14:textId="6B667F04" w:rsidR="00E74F81" w:rsidRPr="00327CD2" w:rsidRDefault="00E74F81" w:rsidP="00327CD2">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="26"/>
-[...28 lines deleted...]
-    <w:p w14:paraId="5850DC45" w14:textId="3B26A893" w:rsidR="00F341AC" w:rsidRPr="00B01541" w:rsidRDefault="004F2EAA" w:rsidP="00B01541">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002342EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>položka 4122 s UZ 13305 (dle zákona o sociálních službách</w:t>
+      </w:r>
+      <w:r w:rsidR="00327CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Příklady zaúčtování ve více verzích </w:t>
+      </w:r>
+      <w:r w:rsidR="0025689B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">najdete v metodice MF </w:t>
+      </w:r>
+      <w:r w:rsidR="00327CD2" w:rsidRPr="00327CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>„Vykazování účelového znaku u vratek transferů přijatých z územních rozpočtů před rokem 2026“</w:t>
+      </w:r>
+      <w:r w:rsidR="00327CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7488C1D4" w14:textId="0A7BFD1C" w:rsidR="00E74F81" w:rsidRPr="002342EA" w:rsidRDefault="00E74F81" w:rsidP="00E74F81">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="26"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="46B086A4" w14:textId="4E6F1D4B" w:rsidR="00125CA7" w:rsidRPr="00B01541" w:rsidRDefault="00125CA7" w:rsidP="00B01541">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002342EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>UZ k položkám podseskupení 221, 222, 241 až 247 (pokuty, finanční vypořádání, splátky půjček)</w:t>
+      </w:r>
+      <w:r w:rsidR="004D4468">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, a to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002342EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">za podmínky že zdrojem těchto transferů a půjčených prostředků je státní rozpočet, státní fond nebo národní fond. Tedy </w:t>
+      </w:r>
+      <w:r w:rsidR="00061921">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u těchto položek UZ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002342EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ne vždy!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D80E690" w14:textId="1EEDF47C" w:rsidR="00E74F81" w:rsidRPr="002342EA" w:rsidRDefault="00E74F81" w:rsidP="00E74F81">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="26"/>
-[...1 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002342EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">K výdajům souvisejícím s příjmy značenými UZ do výše příjmů. </w:t>
+      </w:r>
+      <w:r w:rsidR="00112B2F" w:rsidRPr="002342EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Výjimkou jsou víceleté transfery</w:t>
+      </w:r>
+      <w:r w:rsidR="00094EF7" w:rsidRPr="002342EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a transfery nárokové </w:t>
+      </w:r>
+      <w:r w:rsidR="00942B0F" w:rsidRPr="002342EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>při splnění podmínek</w:t>
+      </w:r>
+      <w:r w:rsidR="0019499C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>; v těchto případech mohou být výdaje s UZ vyšší než příjmy s</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE1672">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0019499C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>UZ</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE1672">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00942B0F" w:rsidRPr="002342EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE1672">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:r w:rsidR="00942B0F" w:rsidRPr="002342EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">př. volby, sociální služby, </w:t>
+      </w:r>
+      <w:r w:rsidR="002342EA" w:rsidRPr="002342EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>SPOD…)</w:t>
+      </w:r>
+      <w:r w:rsidR="005270AA" w:rsidRPr="002342EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="151A0898" w14:textId="77777777" w:rsidR="00E74F81" w:rsidRDefault="00E74F81" w:rsidP="00E74F81">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22C86060" w14:textId="30F3EDCF" w:rsidR="00E74F81" w:rsidRPr="00BE1672" w:rsidRDefault="00E74F81" w:rsidP="00EF03D4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE1672">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Pozor</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE107A" w:rsidRPr="00BE1672">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE1672">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> UZ se značí po celý finanční tok transferů, i zpětně od začátku roku např. u souvisejících výdajů, ale např. kód mimořádné události se značí až po vyhlášení kódu! </w:t>
+      </w:r>
+      <w:r w:rsidR="00774EDE" w:rsidRPr="00774EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Výdaje a příjmy vzniklé před vyhlášením mimořádné události se zpětně neznačí!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C41F496" w14:textId="6672ABA7" w:rsidR="00B01541" w:rsidRPr="00BE1672" w:rsidRDefault="00C2240D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE1672">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Pozn.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE1672">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B01541" w:rsidRPr="00BE1672">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Nezaměňovat s UZ krajů</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE1672">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. T</w:t>
+      </w:r>
+      <w:r w:rsidR="00B01541" w:rsidRPr="00BE1672">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">y jsou jen dalším organizačním tříděním, ne hlediskem třídění dle vyhlášky o rozpočtové skladbě. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0226EE2B" w14:textId="121172FA" w:rsidR="00B01541" w:rsidRDefault="00B01541" w:rsidP="00B01541">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C2240D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vratky a odvody za </w:t>
+      </w:r>
+      <w:r w:rsidR="001E6AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">porušení rozpočtové </w:t>
+      </w:r>
+      <w:r w:rsidR="006F7A1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kázně – značí</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C2240D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se UZ u příjmů i výdajů, i když kraj </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF1471">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">poskytl transfer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C2240D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ve své působnosti</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2240D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ale zdrojem byl SR, národní fond, rozpočty SF </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C2240D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(např. rozdíl od 2025 obědy do škol</w:t>
+      </w:r>
+      <w:r w:rsidR="001010F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, kdy se „státním UZ“ neznačil</w:t>
+      </w:r>
+      <w:r w:rsidR="005E25BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="001E6AEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C2240D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="008B1C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>V lednu 2026 vydalo MF metodiku pro přechodné období</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ke značení UZ v případech, kdy příjmy proběhly v minulých letech a UZ se neznačily. MF dalo možnost volby, zda značit UZ nebo ne</w:t>
+      </w:r>
+      <w:r w:rsidR="00E940F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>znači</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3CC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00E940F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="005E25BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nebo značit </w:t>
+      </w:r>
+      <w:r w:rsidR="005E25BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>případně tzv. „krajským UZ“</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC35C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E940F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ale požaduje shodu s partnerem. Tedy u tra</w:t>
+      </w:r>
+      <w:r w:rsidR="00C678F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00E940F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sferů z minulých let, kde dochází k vypořádání </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3CC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidR="00E940F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> roce </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4D1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2026, je</w:t>
+      </w:r>
+      <w:r w:rsidR="00E940F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nezbytná domluva mezi partnery</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC6907">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (především kraj a obec)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E940F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, aby byl </w:t>
+      </w:r>
+      <w:r w:rsidR="00C678F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shodný postup. Jinak dojde k rozdílům v křížových kontrolách. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36081E64" w14:textId="03EED1C3" w:rsidR="00B01541" w:rsidRDefault="00C2240D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00774EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Pozor</w:t>
+      </w:r>
+      <w:r w:rsidR="00584CD0" w:rsidRPr="00774EDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C2240D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> UZ se značí i půjčky a splátky </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>vůči SR, Národnímu fondu a rozpočtů SF (státních fondů).</w:t>
+      </w:r>
+      <w:r w:rsidR="007C363D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DBDCFD5" w14:textId="48E937A2" w:rsidR="00B01541" w:rsidRPr="00B01541" w:rsidRDefault="00B01541" w:rsidP="00855BCC">
+      <w:pPr>
+        <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:r w:rsidRPr="00B01541">
-        <w:rPr>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Budou křížové kontroly, lze provést až po odevzdání všech výkazů, bude se opravovat a dohledávat, kontroly bude provádět kraj. Neopravené se budou dávat na servis </w:t>
+        <w:t>Nová část výkazu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D512674" w14:textId="44114F80" w:rsidR="00D77EF1" w:rsidRDefault="009C3536" w:rsidP="00767209">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C6F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nově </w:t>
+      </w:r>
+      <w:r w:rsidR="009C6F20" w:rsidRPr="009C6F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">budou vykazovány </w:t>
+      </w:r>
+      <w:r w:rsidR="009C6F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">měsíčně </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C6F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>zůstatky</w:t>
+      </w:r>
+      <w:r w:rsidR="009C6F20" w:rsidRPr="009C6F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> běžných</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C6F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> účtů</w:t>
+      </w:r>
+      <w:r w:rsidR="009C6F20" w:rsidRPr="009C6F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, účtů </w:t>
+      </w:r>
+      <w:r w:rsidR="009D2D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>peněžních fondů</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C6F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, vedlejší hospodářské činnosti a cizích prostředků a sdružených </w:t>
+      </w:r>
+      <w:r w:rsidR="009C6F20" w:rsidRPr="009C6F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>prostředků</w:t>
+      </w:r>
+      <w:r w:rsidR="009D2D52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (245)</w:t>
+      </w:r>
+      <w:r w:rsidR="009B225B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C6F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jiných účtů a </w:t>
+      </w:r>
+      <w:r w:rsidR="009C6F20" w:rsidRPr="009C6F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pokladny</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA48D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C6F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B01541">
-[...5 lines deleted...]
-        <w:t>desk</w:t>
+      <w:r w:rsidR="00CA48D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C6F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ezivýkazová</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B01541">
-[...8 lines deleted...]
-    <w:p w14:paraId="00F8F2CE" w14:textId="269211D1" w:rsidR="00125CA7" w:rsidRPr="00B01541" w:rsidRDefault="00125CA7" w:rsidP="00B01541">
+      <w:r w:rsidRPr="009C6F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kontrola </w:t>
+      </w:r>
+      <w:r w:rsidR="00855BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">je </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C6F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jen na závěrečné rozvahy (ne na </w:t>
+      </w:r>
+      <w:r w:rsidR="009C6F20" w:rsidRPr="009C6F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>čtvrtletní,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C6F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4F36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kde jsou jiné termíny předávání výkazů do CSÚIS)</w:t>
+      </w:r>
+      <w:r w:rsidR="009C6F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C6F20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54A99650" w14:textId="77777777" w:rsidR="00767209" w:rsidRPr="00767209" w:rsidRDefault="00767209" w:rsidP="00767209">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43F4EE19" w14:textId="355362B9" w:rsidR="00B145C9" w:rsidRDefault="00B145C9" w:rsidP="00C85A0C">
+      <w:pPr>
+        <w:pStyle w:val="Nadpis2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Změny ve vyhlášce o rozpočtové skladbě, č. předpisu 412/20</w:t>
+      </w:r>
+      <w:r w:rsidR="005672EE">
+        <w:t xml:space="preserve">201 Sb. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="572D970D" w14:textId="68D5B28B" w:rsidR="00B559AE" w:rsidRDefault="00C85A0C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">V průběhu roku 2025 byly vydány dvě velmi stručné novely k rozpočtové skladbě. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D256BD" w:rsidRPr="00767209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Jedná se o vyhlášku č. 105/2025 Sb.</w:t>
+      </w:r>
+      <w:r w:rsidR="00221558" w:rsidRPr="00767209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>, ta však byla většinově účinná od 1.7.2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00012477" w:rsidRPr="00767209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D256BD" w:rsidRPr="00767209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a o vyhlášku č. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F647C9" w:rsidRPr="00767209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>336/2025 Sb. Významn</w:t>
+      </w:r>
+      <w:r w:rsidR="00012477" w:rsidRPr="00767209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ější změnou </w:t>
+      </w:r>
+      <w:r w:rsidR="00F647C9" w:rsidRPr="00767209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>je zrušení záznamových jednotek</w:t>
+      </w:r>
+      <w:r w:rsidR="00155821">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pro obce</w:t>
+      </w:r>
+      <w:r w:rsidR="00F647C9" w:rsidRPr="00767209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (nahrazuje je požadavek jiného předpisu na značení partnerů identifikátorem</w:t>
+      </w:r>
+      <w:r w:rsidR="00524768" w:rsidRPr="00767209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, viz. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7DF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidR="00524768" w:rsidRPr="00767209">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ýše</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7DF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00703344">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E74D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rovněž je několik změn i v pokynu MF k RS. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14134A5E" w14:textId="77777777" w:rsidR="00155821" w:rsidRDefault="00155821">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D588DDE" w14:textId="029F9AE1" w:rsidR="00155821" w:rsidRPr="00CE78D0" w:rsidRDefault="00155821">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE78D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Přehled změn </w:t>
+      </w:r>
+      <w:r w:rsidR="00444C66" w:rsidRPr="00CE78D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>provedených v roce 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00496405" w:rsidRPr="00CE78D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> významnějších pro obce: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A542775" w14:textId="604081AC" w:rsidR="00496405" w:rsidRPr="00E74D46" w:rsidRDefault="00496405">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Novelami vyhlášek byly doplněny položky: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25E5FDC4" w14:textId="654691F3" w:rsidR="00496405" w:rsidRPr="004D4468" w:rsidRDefault="002069B1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D4468">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5335 a 6355 Neinvestiční a investiční transfery </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA48D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D4468">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eřejným kulturním institucím </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14F4237E" w14:textId="3454BAAE" w:rsidR="002069B1" w:rsidRPr="00E74D46" w:rsidRDefault="002069B1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Jedná se o nový typ subjektu, dle předpisů velmi podobný příspěvkovým organizacím</w:t>
+      </w:r>
+      <w:r w:rsidR="003E5B15" w:rsidRPr="00E74D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Zatím není založeno po republice mnoho těchto typů organizací. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2727FF31" w14:textId="485B6342" w:rsidR="003E5B15" w:rsidRPr="004D4468" w:rsidRDefault="00015D36">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D4468">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1235 Příjem z poplatku za výrobu elektřiny využívající energii větru. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77EFC09C" w14:textId="7E506CBD" w:rsidR="00015D36" w:rsidRPr="00E74D46" w:rsidRDefault="00015D36">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">V knize je k nové položce doplněn komentář, </w:t>
+      </w:r>
+      <w:r w:rsidR="003748D2" w:rsidRPr="00E74D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jak položku rozpočtovat. Jedná se o nový příjem obcí z nových větrných elektráren. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2307D80D" w14:textId="6264ECF6" w:rsidR="00FE62F3" w:rsidRPr="00E74D46" w:rsidRDefault="00FE62F3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">V pokynu MF k RS jsou tyto nové úpravy: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68B63B0C" w14:textId="6B34C209" w:rsidR="008518EA" w:rsidRPr="00E74D46" w:rsidRDefault="008518EA" w:rsidP="008518EA">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B01541">
-[...34 lines deleted...]
-    <w:p w14:paraId="5091DF7C" w14:textId="38636C0C" w:rsidR="00125CA7" w:rsidRPr="00B01541" w:rsidRDefault="00125CA7" w:rsidP="00B01541">
+      <w:r w:rsidRPr="00E74D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>změna odstavce 43 u obecných zásad týká</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02BA6" w:rsidRPr="00E74D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> okamžiku, od kdy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E74D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> znač</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02BA6" w:rsidRPr="00E74D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>it</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E74D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> UZ,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02BA6" w:rsidRPr="00E74D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> případně NZUZ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E74D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> v knize je k této změně i doplněn komentář</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02BA6" w:rsidRPr="00E74D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>. Požadavek MF je sice zajímavý, ale ne zcela aplikovatelný.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E74D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B3C9B55" w14:textId="77777777" w:rsidR="00F64302" w:rsidRPr="00E74D46" w:rsidRDefault="009300BE" w:rsidP="008518EA">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B01541">
-[...41 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidRPr="00E74D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">k položkám 4171 a 5811 je doplněn v náplních nový odstavec </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2765" w:rsidRPr="00E74D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>v souvislosti se zákonem na ochranu zvířat proti týrání</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CD95FD7" w14:textId="1841E35F" w:rsidR="00482BD4" w:rsidRPr="00E74D46" w:rsidRDefault="00F64302" w:rsidP="008518EA">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E74D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">doplnění náplně k položce 5499 </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6ADC" w:rsidRPr="00E74D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o výdaje na povinné příspěvky zaměstnavatelů na penzijní produkty </w:t>
+      </w:r>
+      <w:r w:rsidR="00482BD4" w:rsidRPr="00E74D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>zaměstnanců vykonávajících rizikovou práci</w:t>
+      </w:r>
+      <w:r w:rsidR="0025589F" w:rsidRPr="00E74D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>, u obcí bud</w:t>
+      </w:r>
+      <w:r w:rsidR="009F0034" w:rsidRPr="00E74D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e spíše </w:t>
+      </w:r>
+      <w:r w:rsidR="0025589F" w:rsidRPr="00E74D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>výjimečné</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5633DC97" w14:textId="3A691EF8" w:rsidR="00532E49" w:rsidRPr="00E74D46" w:rsidRDefault="004D4468">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00532E49" w:rsidRPr="00E74D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">yl určen i nový paragraf 4197 Dávka státní sociální pomoci. Obce jej využívat nebudou. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E55CF2" w:rsidRPr="00E74D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Změna je ve vztahu k novým předpisům, kdy jedna sociální dávka </w:t>
+      </w:r>
+      <w:r w:rsidR="000B21D7" w:rsidRPr="00E74D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(tzv. super dávka) </w:t>
+      </w:r>
+      <w:r w:rsidR="00E55CF2" w:rsidRPr="00E74D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nahradila </w:t>
+      </w:r>
+      <w:r w:rsidR="000B21D7" w:rsidRPr="00E74D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>příspěvek na bydlení, doplatek na bydlení, příspěvek na živobytí a přídavek na dítě.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04A4120D" w14:textId="77777777" w:rsidR="00444C66" w:rsidRPr="00E74D46" w:rsidRDefault="00444C66">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16E58A7B" w14:textId="0B91B118" w:rsidR="009C3536" w:rsidRPr="00EF03D4" w:rsidRDefault="009C6F20">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jen informativně pár osobních poznámek</w:t>
+      </w:r>
+      <w:r w:rsidR="009F0034">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> autork</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1615E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, co </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1615E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>se plánuje, či co existuje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, případně doporučení </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17A2926E" w14:textId="331F0915" w:rsidR="009C3536" w:rsidRPr="00EF03D4" w:rsidRDefault="009C3536">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UZ </w:t>
+      </w:r>
+      <w:r w:rsidR="009C6F20" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">prý </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">výhledově </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:rPr>
+        <w:t>1 UZ</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4756">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> =</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 progr</w:t>
+      </w:r>
+      <w:r w:rsidR="00540371" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, ne již čtyři – i nevýhoda – ze 4</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4756">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> UZ k programu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-          <w:color w:val="EE0000"/>
+      <w:r w:rsidR="00BB7671" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bylo možné i poznat,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C6F20" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zda je program spolufinancován ze zahraničí</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB7671" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C16DC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zda je investiční či neinvestiční,</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB7671" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> někdy je to těžké zjistit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A9B8D31" w14:textId="42395A00" w:rsidR="00B847DB" w:rsidRPr="00EF03D4" w:rsidRDefault="00B847DB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dle MF Investiční dotace pro PO prý nikd</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB6742" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nejdou přes </w:t>
+      </w:r>
+      <w:r w:rsidR="00B15E3F" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kraj jako zřizovatele, přes kraj jdou </w:t>
+      </w:r>
+      <w:r w:rsidR="00C16DC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">na obec-zřizovatele </w:t>
+      </w:r>
+      <w:r w:rsidR="00B15E3F" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jen neinvestiční dotace PO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B15E3F" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> investiční dotace pro PO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ale</w:t>
+      </w:r>
+      <w:r w:rsidR="00B15E3F" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> přes zřizovatele</w:t>
+      </w:r>
+      <w:r w:rsidR="005E1F83" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> obec nebo svazek obcí</w:t>
+      </w:r>
+      <w:r w:rsidR="00B15E3F" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005E1F83" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">musí být posílány. Zřizovatelé pak pošlou PO. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4548D8F1" w14:textId="680FFC37" w:rsidR="00BB7671" w:rsidRPr="00EF03D4" w:rsidRDefault="00BB7671">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Finance pro obce na volby v roce 2026 půjdou krajům na účty cizích prostředků, nebudou již součástí rozpočtu krajů.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E4CF809" w14:textId="77777777" w:rsidR="0092387A" w:rsidRPr="00EF03D4" w:rsidRDefault="007D0A71">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Doporuč</w:t>
+      </w:r>
+      <w:r w:rsidR="0092387A" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ení: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F7442B8" w14:textId="6E1002E1" w:rsidR="007D0A71" w:rsidRPr="00EF03D4" w:rsidRDefault="007D0A71" w:rsidP="009F0034">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>žádat MF aby zpracovalo video návod na práci s Monitorem pro obce. Co se kde najde pro kontrolu, co lze využít pro zpracování rozpočtu, co si kde ověřit</w:t>
+      </w:r>
+      <w:r w:rsidR="009C6F20" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (transfery)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5FD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Částečně již uvedeno v metodice MF z ledna 2026, viz úvod této kapitoly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D074D20" w14:textId="364CF4A6" w:rsidR="00125CA7" w:rsidRPr="00EF03D4" w:rsidRDefault="00151E75" w:rsidP="009F0034">
+      <w:pPr>
+        <w:pStyle w:val="Odstavecseseznamem"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00125CA7" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ožadovat zpracov</w:t>
+      </w:r>
+      <w:r w:rsidR="009C6F20" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ání od MF</w:t>
+      </w:r>
+      <w:r w:rsidR="00125CA7" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> přehled</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00125CA7" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rozdílů mezi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>značením ID</w:t>
+      </w:r>
+      <w:r w:rsidR="00125CA7" w:rsidRPr="00EF03D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dle Vyhlášky č. 5/2014 a metodikou PAP. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44C0F0BC" w14:textId="77777777" w:rsidR="007D0A71" w:rsidRPr="007B794C" w:rsidRDefault="007D0A71">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75EB0363" w14:textId="110CB888" w:rsidR="00B01541" w:rsidRPr="00C2240D" w:rsidRDefault="00B01541">
-[...177 lines deleted...]
-          <w:szCs w:val="28"/>
+    <w:p w14:paraId="59657A4A" w14:textId="271AD784" w:rsidR="009C6F20" w:rsidRPr="007B794C" w:rsidRDefault="009C6F20">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B794C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Spolupráce s dodavateli programů</w:t>
+      </w:r>
+      <w:r w:rsidR="002040FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>, vhodné požadovat</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B794C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007C363D">
-[...1301 lines deleted...]
-    <w:p w14:paraId="568BE213" w14:textId="2C1C7C62" w:rsidR="007D0A71" w:rsidRPr="007B794C" w:rsidRDefault="007B794C" w:rsidP="009C6F20">
+    </w:p>
+    <w:p w14:paraId="568BE213" w14:textId="2C1C7C62" w:rsidR="007D0A71" w:rsidRPr="00AC35C5" w:rsidRDefault="007B794C" w:rsidP="009C6F20">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...11 lines deleted...]
-          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC35C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>uživatelské sestavy</w:t>
       </w:r>
-      <w:r w:rsidR="007D0A71" w:rsidRPr="007B794C">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="007D0A71" w:rsidRPr="00AC35C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> pro kontrolu schváleného rozpočtu, </w:t>
       </w:r>
-      <w:r w:rsidR="009C6F20" w:rsidRPr="007B794C">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="009C6F20" w:rsidRPr="00AC35C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>projednat, co potřebujete pro kontrolu plnění rozpočtu, co pro zastupitele, radu…pro vlastní kontrolu</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BB269CD" w14:textId="111D6A1A" w:rsidR="007D0A71" w:rsidRPr="007B794C" w:rsidRDefault="007D0A71" w:rsidP="009C6F20">
+    <w:p w14:paraId="1BB269CD" w14:textId="37594660" w:rsidR="007D0A71" w:rsidRPr="00AC35C5" w:rsidRDefault="007D0A71" w:rsidP="009C6F20">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...20 lines deleted...]
-    <w:p w14:paraId="23A0473A" w14:textId="6C3CF6E1" w:rsidR="007D0A71" w:rsidRPr="007B794C" w:rsidRDefault="007D0A71" w:rsidP="009C6F20">
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC35C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zachování </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2711" w:rsidRPr="00AC35C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zpracování </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC35C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">FIN 2-12 M </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23A0473A" w14:textId="00F0CB92" w:rsidR="007D0A71" w:rsidRPr="00AC35C5" w:rsidRDefault="007D0A71" w:rsidP="009C6F20">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...11 lines deleted...]
-          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC35C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>upozor</w:t>
       </w:r>
-      <w:r w:rsidR="007B794C">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="007B794C" w:rsidRPr="00AC35C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>ně</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B794C">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00AC35C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>ní uživatele</w:t>
       </w:r>
-      <w:r w:rsidR="007B794C">
-[...27 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="007B794C" w:rsidRPr="00AC35C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> při pořizování na</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC35C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> případné chyby ve </w:t>
       </w:r>
-      <w:r w:rsidR="007B794C" w:rsidRPr="007B794C">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="007B794C" w:rsidRPr="00AC35C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>vztahu na</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B794C">
-[...36 lines deleted...]
-    <w:p w14:paraId="3B687F0D" w14:textId="714E9E64" w:rsidR="007D0A71" w:rsidRPr="007B794C" w:rsidRDefault="007D0A71" w:rsidP="009C6F20">
+      <w:r w:rsidRPr="00AC35C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kontrolní vazby výkazů </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E70BB1A" w14:textId="762DE5C0" w:rsidR="00235EDA" w:rsidRPr="00AC35C5" w:rsidRDefault="007D0A71" w:rsidP="00235EDA">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...44 lines deleted...]
-    <w:p w14:paraId="2A5A7E5C" w14:textId="1E86DAF3" w:rsidR="007D0A71" w:rsidRPr="007B794C" w:rsidRDefault="007D0A71" w:rsidP="009C6F20">
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC35C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">upozornění na položky, kde má být identifikace </w:t>
+      </w:r>
+      <w:r w:rsidR="00C54B19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>partnera</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6314EE3D" w14:textId="6C24F31F" w:rsidR="00125CA7" w:rsidRPr="00AC35C5" w:rsidRDefault="009328AC" w:rsidP="00235EDA">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B794C">
-[...12 lines deleted...]
-    <w:p w14:paraId="6D26CCF6" w14:textId="54134948" w:rsidR="007D0A71" w:rsidRPr="007B794C" w:rsidRDefault="007B794C" w:rsidP="007D0A71">
+      <w:r w:rsidRPr="00AC35C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00125CA7" w:rsidRPr="00AC35C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">utomatické vyplňování IČ (u obcí co vedou PAP) – ošetřit rozdíly mezi identifikací partnera dle Vyhlášky č. 5/2014 a dle metodiky PAP – např. průtokové dotace pro PO. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="640FD9DB" w14:textId="77777777" w:rsidR="00C54B19" w:rsidRPr="007B794C" w:rsidRDefault="00C54B19" w:rsidP="007D0A71">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B794C">
-[...71 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId7"/>
+    </w:p>
+    <w:sectPr w:rsidR="00C54B19" w:rsidRPr="007B794C" w:rsidSect="007B794C">
+      <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2FD6BB3D" w14:textId="77777777" w:rsidR="007B794C" w:rsidRDefault="007B794C" w:rsidP="007B794C">
+    <w:p w14:paraId="22B341CB" w14:textId="77777777" w:rsidR="004E0B7B" w:rsidRDefault="004E0B7B" w:rsidP="007B794C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7594B828" w14:textId="77777777" w:rsidR="007B794C" w:rsidRDefault="007B794C" w:rsidP="007B794C">
+    <w:p w14:paraId="772B5052" w14:textId="77777777" w:rsidR="004E0B7B" w:rsidRDefault="004E0B7B" w:rsidP="007B794C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6A4969F4" w14:textId="77777777" w:rsidR="007B794C" w:rsidRDefault="007B794C" w:rsidP="007B794C">
+    <w:p w14:paraId="2D97B5BC" w14:textId="77777777" w:rsidR="004E0B7B" w:rsidRDefault="004E0B7B" w:rsidP="007B794C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7A3D10DA" w14:textId="77777777" w:rsidR="007B794C" w:rsidRDefault="007B794C" w:rsidP="007B794C">
+    <w:p w14:paraId="666AA918" w14:textId="77777777" w:rsidR="004E0B7B" w:rsidRDefault="004E0B7B" w:rsidP="007B794C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="107483410"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="499C9BC6" w14:textId="6A20B107" w:rsidR="007B794C" w:rsidRDefault="007B794C">
         <w:pPr>
@@ -3691,139 +11858,906 @@
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="59711F06" w14:textId="77777777" w:rsidR="007B794C" w:rsidRDefault="007B794C">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="00BF5963"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="71E02C2C"/>
+    <w:lvl w:ilvl="0" w:tplc="01F0A9F2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="024F2FDB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D6F4C9B0"/>
     <w:lvl w:ilvl="0" w:tplc="0405000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="0" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="1440" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0405000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="3600" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0405000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="5760" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09006D8A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="260AD492"/>
+    <w:lvl w:ilvl="0" w:tplc="04050001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0B3A6A67"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9E3CF764"/>
+    <w:lvl w:ilvl="0" w:tplc="04050001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="134D1B8A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1258FA6A"/>
+    <w:lvl w:ilvl="0" w:tplc="01F0A9F2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2508" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4668" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6828" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7548" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="19ED57F7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BB16DAC4"/>
+    <w:lvl w:ilvl="0" w:tplc="0405000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0405000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A3F115E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C032C0F4"/>
+    <w:lvl w:ilvl="0" w:tplc="01F0A9F2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="22677E84"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D0780178"/>
+    <w:lvl w:ilvl="0" w:tplc="04050001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A622827"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4840134C"/>
     <w:lvl w:ilvl="0" w:tplc="04050001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3892,51 +12826,615 @@
     <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="35F77385"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="207ECDB2"/>
+    <w:lvl w:ilvl="0" w:tplc="01F0A9F2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2508" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4668" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6828" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3CCB7C9F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6E682850"/>
+    <w:lvl w:ilvl="0" w:tplc="01F0A9F2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3DC90FCD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="937ED146"/>
+    <w:lvl w:ilvl="0" w:tplc="5B4AC3DE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="41121A6A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8D02322E"/>
+    <w:lvl w:ilvl="0" w:tplc="01F0A9F2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="418015E2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="34E80BB8"/>
+    <w:lvl w:ilvl="0" w:tplc="04050001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04050005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47182C28"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8F6E0650"/>
     <w:lvl w:ilvl="0" w:tplc="04050001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4005,51 +13503,164 @@
     <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E45051E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BF4EABCA"/>
+    <w:lvl w:ilvl="0" w:tplc="04050001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="508961AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="05F49C54"/>
     <w:lvl w:ilvl="0" w:tplc="0405000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
@@ -4094,51 +13705,503 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="52D15AF1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="520867E4"/>
+    <w:lvl w:ilvl="0" w:tplc="04050001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="54162A53"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BF2EF3AC"/>
+    <w:lvl w:ilvl="0" w:tplc="01F0A9F2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2508" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4668" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6828" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="59C8202F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9FF0338C"/>
+    <w:lvl w:ilvl="0" w:tplc="04050001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5DC355E4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B31CA798"/>
+    <w:lvl w:ilvl="0" w:tplc="04050001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="778" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1498" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2218" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2938" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3658" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4378" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5098" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5818" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6538" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65CB6CEC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D0FE5CA0"/>
     <w:lvl w:ilvl="0" w:tplc="04050001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4207,51 +14270,164 @@
     <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="67673638"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="68724C16"/>
+    <w:lvl w:ilvl="0" w:tplc="04050001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68FD055F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="589A5C9C"/>
     <w:lvl w:ilvl="0" w:tplc="04050001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4320,175 +14496,1292 @@
     <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="749423CF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="57106A20"/>
+    <w:lvl w:ilvl="0" w:tplc="01F0A9F2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76B969A7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FCCCA256"/>
+    <w:lvl w:ilvl="0" w:tplc="04050001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79A166E1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B832FC08"/>
+    <w:lvl w:ilvl="0" w:tplc="01F0A9F2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7BDA27E5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="183CF580"/>
+    <w:lvl w:ilvl="0" w:tplc="04050001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D3B142D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5CF21410"/>
+    <w:lvl w:ilvl="0" w:tplc="01F0A9F2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2508" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4668" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04050001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6828" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="89277387">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1939822945">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="281377352">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="857694953">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="679116520">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1796831722">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1445685090">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="637884163">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="117379998">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="548684333">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1493832645">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1242451010">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="593319633">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1716540187">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1076393482">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1954702077">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="180977543">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="2105294861">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="629868229">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1022171321">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="648631927">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1381905474">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1939822945">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="23" w16cid:durableId="1964650453">
+    <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="281377352">
+  <w:num w:numId="24" w16cid:durableId="416750158">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1811167613">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="857694953">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="26" w16cid:durableId="542864346">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="679116520">
+  <w:num w:numId="27" w16cid:durableId="1978679562">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="774399599">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1796831722">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="29" w16cid:durableId="16737725">
+    <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004457E6"/>
+    <w:rsid w:val="00012477"/>
+    <w:rsid w:val="00014C5D"/>
+    <w:rsid w:val="000156A4"/>
+    <w:rsid w:val="00015D36"/>
+    <w:rsid w:val="00025B9E"/>
     <w:rsid w:val="00025D17"/>
+    <w:rsid w:val="000317E9"/>
+    <w:rsid w:val="00032A9A"/>
+    <w:rsid w:val="00037741"/>
     <w:rsid w:val="00040EDC"/>
+    <w:rsid w:val="00043924"/>
+    <w:rsid w:val="00044DBE"/>
+    <w:rsid w:val="00052CA5"/>
+    <w:rsid w:val="00055D39"/>
+    <w:rsid w:val="00057D8A"/>
+    <w:rsid w:val="00061921"/>
+    <w:rsid w:val="00063C52"/>
+    <w:rsid w:val="0006416D"/>
+    <w:rsid w:val="00067F4F"/>
+    <w:rsid w:val="0007400D"/>
     <w:rsid w:val="00083D25"/>
+    <w:rsid w:val="00090FE3"/>
+    <w:rsid w:val="00093E59"/>
+    <w:rsid w:val="00094EF7"/>
+    <w:rsid w:val="0009504E"/>
+    <w:rsid w:val="00095C4D"/>
+    <w:rsid w:val="000A4B37"/>
+    <w:rsid w:val="000A4E1B"/>
+    <w:rsid w:val="000B21D7"/>
+    <w:rsid w:val="000C4E4C"/>
+    <w:rsid w:val="000C51C8"/>
+    <w:rsid w:val="000D1A75"/>
+    <w:rsid w:val="000E0516"/>
+    <w:rsid w:val="000E05A7"/>
+    <w:rsid w:val="000E0D53"/>
+    <w:rsid w:val="000E7BD1"/>
+    <w:rsid w:val="001010F2"/>
+    <w:rsid w:val="001021F5"/>
+    <w:rsid w:val="00102C9E"/>
     <w:rsid w:val="00105439"/>
+    <w:rsid w:val="0011258E"/>
+    <w:rsid w:val="00112B2F"/>
+    <w:rsid w:val="00114D29"/>
+    <w:rsid w:val="00117EE7"/>
     <w:rsid w:val="00125CA7"/>
+    <w:rsid w:val="00127946"/>
+    <w:rsid w:val="001314D2"/>
+    <w:rsid w:val="00135FAE"/>
+    <w:rsid w:val="00137017"/>
+    <w:rsid w:val="00145A87"/>
     <w:rsid w:val="00146B67"/>
+    <w:rsid w:val="0015024D"/>
+    <w:rsid w:val="00151E75"/>
+    <w:rsid w:val="00153A14"/>
+    <w:rsid w:val="00155821"/>
+    <w:rsid w:val="00157C63"/>
+    <w:rsid w:val="001767BE"/>
+    <w:rsid w:val="00180C80"/>
+    <w:rsid w:val="001860DA"/>
+    <w:rsid w:val="00186258"/>
     <w:rsid w:val="00186EDA"/>
+    <w:rsid w:val="001904AD"/>
+    <w:rsid w:val="0019206D"/>
+    <w:rsid w:val="00194132"/>
+    <w:rsid w:val="0019499C"/>
     <w:rsid w:val="001A06F4"/>
+    <w:rsid w:val="001A609E"/>
+    <w:rsid w:val="001B684E"/>
+    <w:rsid w:val="001C0BC4"/>
     <w:rsid w:val="001C419E"/>
+    <w:rsid w:val="001D0A0C"/>
+    <w:rsid w:val="001D3DE0"/>
+    <w:rsid w:val="001D4C0A"/>
+    <w:rsid w:val="001E0001"/>
+    <w:rsid w:val="001E6AEA"/>
+    <w:rsid w:val="00203E93"/>
+    <w:rsid w:val="002040FE"/>
+    <w:rsid w:val="002069B1"/>
+    <w:rsid w:val="00214A13"/>
+    <w:rsid w:val="00217ABD"/>
+    <w:rsid w:val="00221558"/>
+    <w:rsid w:val="002342AF"/>
+    <w:rsid w:val="002342EA"/>
+    <w:rsid w:val="00235857"/>
+    <w:rsid w:val="00235EDA"/>
+    <w:rsid w:val="002409F7"/>
     <w:rsid w:val="00243033"/>
+    <w:rsid w:val="0025589F"/>
+    <w:rsid w:val="00255FDC"/>
+    <w:rsid w:val="0025689B"/>
+    <w:rsid w:val="0026243E"/>
+    <w:rsid w:val="00271592"/>
+    <w:rsid w:val="00271BC7"/>
+    <w:rsid w:val="00275F52"/>
+    <w:rsid w:val="0027607F"/>
+    <w:rsid w:val="00276C28"/>
+    <w:rsid w:val="0027779B"/>
+    <w:rsid w:val="002862E7"/>
+    <w:rsid w:val="00293DD7"/>
+    <w:rsid w:val="002955D3"/>
+    <w:rsid w:val="002A0894"/>
+    <w:rsid w:val="002B1BA7"/>
+    <w:rsid w:val="002B347D"/>
+    <w:rsid w:val="002B3EA6"/>
+    <w:rsid w:val="002C4164"/>
+    <w:rsid w:val="002C47BD"/>
+    <w:rsid w:val="002D2F06"/>
+    <w:rsid w:val="002D3372"/>
+    <w:rsid w:val="002E6406"/>
+    <w:rsid w:val="002F5F4C"/>
     <w:rsid w:val="002F728B"/>
+    <w:rsid w:val="00306010"/>
+    <w:rsid w:val="0031025B"/>
+    <w:rsid w:val="00321BAE"/>
+    <w:rsid w:val="00325DA5"/>
+    <w:rsid w:val="00327CD2"/>
+    <w:rsid w:val="00343788"/>
     <w:rsid w:val="00344349"/>
+    <w:rsid w:val="00357BB7"/>
+    <w:rsid w:val="00365CFF"/>
     <w:rsid w:val="003719B4"/>
+    <w:rsid w:val="00371E15"/>
+    <w:rsid w:val="0037415F"/>
+    <w:rsid w:val="003748D2"/>
+    <w:rsid w:val="00377F72"/>
+    <w:rsid w:val="00382BE9"/>
+    <w:rsid w:val="00387826"/>
+    <w:rsid w:val="00391D95"/>
+    <w:rsid w:val="00397F4B"/>
+    <w:rsid w:val="003A24D4"/>
+    <w:rsid w:val="003A411E"/>
     <w:rsid w:val="003B0F32"/>
     <w:rsid w:val="003B7EDA"/>
+    <w:rsid w:val="003C18AD"/>
+    <w:rsid w:val="003C1C82"/>
     <w:rsid w:val="003C36FA"/>
+    <w:rsid w:val="003D139B"/>
     <w:rsid w:val="003E4BDD"/>
+    <w:rsid w:val="003E5B15"/>
+    <w:rsid w:val="003F3FD4"/>
+    <w:rsid w:val="00401B78"/>
+    <w:rsid w:val="00411595"/>
+    <w:rsid w:val="004115BD"/>
+    <w:rsid w:val="0041270C"/>
+    <w:rsid w:val="00417D40"/>
+    <w:rsid w:val="004205F0"/>
+    <w:rsid w:val="004213D5"/>
+    <w:rsid w:val="004235A6"/>
     <w:rsid w:val="00427752"/>
+    <w:rsid w:val="00430D79"/>
+    <w:rsid w:val="00431241"/>
     <w:rsid w:val="00434C5E"/>
+    <w:rsid w:val="004438B8"/>
+    <w:rsid w:val="00444C66"/>
     <w:rsid w:val="004457E6"/>
+    <w:rsid w:val="0045000D"/>
+    <w:rsid w:val="00450FA3"/>
+    <w:rsid w:val="004550F1"/>
+    <w:rsid w:val="00482BD4"/>
+    <w:rsid w:val="004929C2"/>
+    <w:rsid w:val="00496405"/>
+    <w:rsid w:val="004A1D3F"/>
     <w:rsid w:val="004A2208"/>
     <w:rsid w:val="004A3C4A"/>
+    <w:rsid w:val="004A64EE"/>
+    <w:rsid w:val="004B269C"/>
+    <w:rsid w:val="004B440D"/>
+    <w:rsid w:val="004B5014"/>
+    <w:rsid w:val="004C11DF"/>
+    <w:rsid w:val="004C22A9"/>
+    <w:rsid w:val="004D3813"/>
+    <w:rsid w:val="004D4468"/>
+    <w:rsid w:val="004E0B7B"/>
     <w:rsid w:val="004F2EAA"/>
+    <w:rsid w:val="004F657A"/>
+    <w:rsid w:val="0050050F"/>
+    <w:rsid w:val="00507AB1"/>
+    <w:rsid w:val="00513DAE"/>
+    <w:rsid w:val="00515944"/>
+    <w:rsid w:val="00523F38"/>
+    <w:rsid w:val="00524768"/>
+    <w:rsid w:val="005270AA"/>
+    <w:rsid w:val="0053160D"/>
+    <w:rsid w:val="00532E49"/>
+    <w:rsid w:val="005338B1"/>
     <w:rsid w:val="005340A9"/>
     <w:rsid w:val="00540371"/>
+    <w:rsid w:val="00541805"/>
+    <w:rsid w:val="0054384F"/>
     <w:rsid w:val="00552E0F"/>
+    <w:rsid w:val="005578C0"/>
+    <w:rsid w:val="00560D78"/>
     <w:rsid w:val="0056542D"/>
+    <w:rsid w:val="005672EE"/>
+    <w:rsid w:val="0057525A"/>
+    <w:rsid w:val="00584CD0"/>
+    <w:rsid w:val="0058520A"/>
+    <w:rsid w:val="00585BF4"/>
+    <w:rsid w:val="00590FF2"/>
     <w:rsid w:val="00594AB8"/>
+    <w:rsid w:val="005958FB"/>
+    <w:rsid w:val="005A097C"/>
+    <w:rsid w:val="005A1CA5"/>
+    <w:rsid w:val="005A47C9"/>
+    <w:rsid w:val="005A6128"/>
+    <w:rsid w:val="005A71DD"/>
+    <w:rsid w:val="005C24B7"/>
+    <w:rsid w:val="005D0DAA"/>
+    <w:rsid w:val="005D46AD"/>
+    <w:rsid w:val="005E11F2"/>
+    <w:rsid w:val="005E1F83"/>
+    <w:rsid w:val="005E25BA"/>
+    <w:rsid w:val="005F0B02"/>
+    <w:rsid w:val="005F0B1C"/>
     <w:rsid w:val="005F0D9D"/>
+    <w:rsid w:val="006012D6"/>
+    <w:rsid w:val="006047EE"/>
+    <w:rsid w:val="00604E5A"/>
     <w:rsid w:val="006072B6"/>
     <w:rsid w:val="00614946"/>
     <w:rsid w:val="0061682B"/>
+    <w:rsid w:val="00621D9A"/>
+    <w:rsid w:val="006273D5"/>
+    <w:rsid w:val="00637760"/>
+    <w:rsid w:val="00637CA1"/>
+    <w:rsid w:val="006423D8"/>
+    <w:rsid w:val="006441E9"/>
+    <w:rsid w:val="00653573"/>
     <w:rsid w:val="00660A7B"/>
+    <w:rsid w:val="006629BE"/>
+    <w:rsid w:val="00664060"/>
+    <w:rsid w:val="00673143"/>
+    <w:rsid w:val="0067621D"/>
     <w:rsid w:val="00687D61"/>
+    <w:rsid w:val="00693541"/>
+    <w:rsid w:val="00695013"/>
+    <w:rsid w:val="006979D6"/>
+    <w:rsid w:val="006A110D"/>
+    <w:rsid w:val="006A50F3"/>
+    <w:rsid w:val="006B3532"/>
+    <w:rsid w:val="006B6EEE"/>
+    <w:rsid w:val="006C0570"/>
+    <w:rsid w:val="006C619C"/>
+    <w:rsid w:val="006E0AA5"/>
     <w:rsid w:val="006E3CF7"/>
+    <w:rsid w:val="006F0B7C"/>
+    <w:rsid w:val="006F261F"/>
+    <w:rsid w:val="006F3A04"/>
+    <w:rsid w:val="006F7A1D"/>
+    <w:rsid w:val="00703344"/>
+    <w:rsid w:val="00714413"/>
+    <w:rsid w:val="007168AA"/>
+    <w:rsid w:val="007169FE"/>
+    <w:rsid w:val="00721D9D"/>
     <w:rsid w:val="00723A43"/>
+    <w:rsid w:val="007330D8"/>
+    <w:rsid w:val="00743492"/>
+    <w:rsid w:val="00743571"/>
+    <w:rsid w:val="00747C5C"/>
+    <w:rsid w:val="00751351"/>
+    <w:rsid w:val="00757384"/>
+    <w:rsid w:val="00757389"/>
+    <w:rsid w:val="007602C1"/>
+    <w:rsid w:val="0076161F"/>
+    <w:rsid w:val="00767209"/>
+    <w:rsid w:val="00767663"/>
+    <w:rsid w:val="00774EDE"/>
+    <w:rsid w:val="0078137A"/>
+    <w:rsid w:val="007822A2"/>
+    <w:rsid w:val="00782EEC"/>
     <w:rsid w:val="00786087"/>
+    <w:rsid w:val="007A4B19"/>
+    <w:rsid w:val="007A5129"/>
+    <w:rsid w:val="007A5898"/>
+    <w:rsid w:val="007A7970"/>
+    <w:rsid w:val="007B24F4"/>
+    <w:rsid w:val="007B2DDE"/>
+    <w:rsid w:val="007B4FBC"/>
     <w:rsid w:val="007B794C"/>
+    <w:rsid w:val="007B7E09"/>
+    <w:rsid w:val="007C26BA"/>
     <w:rsid w:val="007C3592"/>
     <w:rsid w:val="007C363D"/>
+    <w:rsid w:val="007C5CE8"/>
     <w:rsid w:val="007D0A71"/>
+    <w:rsid w:val="007D729D"/>
     <w:rsid w:val="007E6F9F"/>
+    <w:rsid w:val="007F042F"/>
     <w:rsid w:val="00803BC3"/>
     <w:rsid w:val="0080569E"/>
     <w:rsid w:val="00811398"/>
     <w:rsid w:val="00813D25"/>
+    <w:rsid w:val="00822318"/>
+    <w:rsid w:val="0082266A"/>
+    <w:rsid w:val="00832C49"/>
+    <w:rsid w:val="0083550E"/>
+    <w:rsid w:val="008422F0"/>
+    <w:rsid w:val="008435F6"/>
+    <w:rsid w:val="00844132"/>
+    <w:rsid w:val="00845C48"/>
+    <w:rsid w:val="008518EA"/>
+    <w:rsid w:val="00855BCC"/>
+    <w:rsid w:val="008573DE"/>
+    <w:rsid w:val="0086199F"/>
+    <w:rsid w:val="008820FA"/>
     <w:rsid w:val="00882616"/>
+    <w:rsid w:val="008838F5"/>
+    <w:rsid w:val="00883E66"/>
+    <w:rsid w:val="00890055"/>
+    <w:rsid w:val="0089191A"/>
+    <w:rsid w:val="00894CAC"/>
+    <w:rsid w:val="008A3368"/>
     <w:rsid w:val="008A44BD"/>
+    <w:rsid w:val="008A5FD1"/>
+    <w:rsid w:val="008B1C2E"/>
+    <w:rsid w:val="008B7ABD"/>
+    <w:rsid w:val="008D077C"/>
+    <w:rsid w:val="008D15BB"/>
+    <w:rsid w:val="008D1F6E"/>
+    <w:rsid w:val="008D339B"/>
+    <w:rsid w:val="008F2046"/>
+    <w:rsid w:val="008F57FA"/>
+    <w:rsid w:val="009043D5"/>
+    <w:rsid w:val="00907BC6"/>
+    <w:rsid w:val="00912239"/>
+    <w:rsid w:val="009154CE"/>
+    <w:rsid w:val="00916D17"/>
+    <w:rsid w:val="009217B4"/>
+    <w:rsid w:val="00923112"/>
+    <w:rsid w:val="0092387A"/>
+    <w:rsid w:val="00926075"/>
     <w:rsid w:val="00926E07"/>
+    <w:rsid w:val="009300BE"/>
+    <w:rsid w:val="009328AC"/>
+    <w:rsid w:val="00932B71"/>
+    <w:rsid w:val="00942B0F"/>
+    <w:rsid w:val="00942C91"/>
+    <w:rsid w:val="00952BA8"/>
+    <w:rsid w:val="00954289"/>
+    <w:rsid w:val="009600B8"/>
+    <w:rsid w:val="00960BA2"/>
+    <w:rsid w:val="009619D8"/>
+    <w:rsid w:val="00973FFB"/>
+    <w:rsid w:val="00985E9E"/>
+    <w:rsid w:val="009866C2"/>
+    <w:rsid w:val="00987203"/>
+    <w:rsid w:val="0099163C"/>
+    <w:rsid w:val="00994F80"/>
+    <w:rsid w:val="0099781D"/>
+    <w:rsid w:val="009A04DD"/>
+    <w:rsid w:val="009A1B9E"/>
+    <w:rsid w:val="009A1C50"/>
+    <w:rsid w:val="009A5027"/>
+    <w:rsid w:val="009A73CA"/>
+    <w:rsid w:val="009B225B"/>
     <w:rsid w:val="009B2A49"/>
+    <w:rsid w:val="009B469C"/>
+    <w:rsid w:val="009B5CCD"/>
     <w:rsid w:val="009C3536"/>
+    <w:rsid w:val="009C5668"/>
+    <w:rsid w:val="009C6A9C"/>
     <w:rsid w:val="009C6F20"/>
+    <w:rsid w:val="009C718A"/>
     <w:rsid w:val="009D2D52"/>
+    <w:rsid w:val="009D3C22"/>
     <w:rsid w:val="009D5CD2"/>
+    <w:rsid w:val="009E002E"/>
+    <w:rsid w:val="009E2843"/>
+    <w:rsid w:val="009F0034"/>
+    <w:rsid w:val="00A004CD"/>
+    <w:rsid w:val="00A02BA6"/>
     <w:rsid w:val="00A02D74"/>
+    <w:rsid w:val="00A136B4"/>
+    <w:rsid w:val="00A24D9A"/>
+    <w:rsid w:val="00A310B7"/>
     <w:rsid w:val="00A31E6F"/>
+    <w:rsid w:val="00A32E33"/>
+    <w:rsid w:val="00A346D0"/>
+    <w:rsid w:val="00A554E4"/>
     <w:rsid w:val="00A55B05"/>
+    <w:rsid w:val="00A665AF"/>
+    <w:rsid w:val="00A84D88"/>
+    <w:rsid w:val="00A91FC5"/>
+    <w:rsid w:val="00AA0899"/>
+    <w:rsid w:val="00AB3100"/>
+    <w:rsid w:val="00AB4856"/>
+    <w:rsid w:val="00AB6735"/>
     <w:rsid w:val="00AB6742"/>
+    <w:rsid w:val="00AC35C5"/>
+    <w:rsid w:val="00AC4645"/>
+    <w:rsid w:val="00AC4F36"/>
+    <w:rsid w:val="00AE3CF2"/>
+    <w:rsid w:val="00AE3D56"/>
+    <w:rsid w:val="00AF31F7"/>
+    <w:rsid w:val="00AF5EE0"/>
+    <w:rsid w:val="00AF7825"/>
+    <w:rsid w:val="00AF7A35"/>
     <w:rsid w:val="00B01541"/>
+    <w:rsid w:val="00B117D6"/>
+    <w:rsid w:val="00B12130"/>
+    <w:rsid w:val="00B145C9"/>
+    <w:rsid w:val="00B15E3F"/>
+    <w:rsid w:val="00B2415A"/>
+    <w:rsid w:val="00B2782F"/>
+    <w:rsid w:val="00B418A3"/>
+    <w:rsid w:val="00B559AE"/>
+    <w:rsid w:val="00B80673"/>
     <w:rsid w:val="00B847DB"/>
+    <w:rsid w:val="00B879E6"/>
+    <w:rsid w:val="00B913F6"/>
+    <w:rsid w:val="00B97B16"/>
+    <w:rsid w:val="00BA07AD"/>
+    <w:rsid w:val="00BB2AEF"/>
+    <w:rsid w:val="00BB7671"/>
+    <w:rsid w:val="00BB7BF6"/>
     <w:rsid w:val="00BD6131"/>
+    <w:rsid w:val="00BD6ADC"/>
+    <w:rsid w:val="00BE107A"/>
+    <w:rsid w:val="00BE1672"/>
+    <w:rsid w:val="00BE7CF2"/>
+    <w:rsid w:val="00BF0078"/>
+    <w:rsid w:val="00BF0B56"/>
+    <w:rsid w:val="00BF5F4F"/>
+    <w:rsid w:val="00C16DC4"/>
+    <w:rsid w:val="00C16EF5"/>
     <w:rsid w:val="00C2240D"/>
+    <w:rsid w:val="00C24751"/>
+    <w:rsid w:val="00C31107"/>
+    <w:rsid w:val="00C31ED2"/>
+    <w:rsid w:val="00C32E0F"/>
     <w:rsid w:val="00C409FE"/>
+    <w:rsid w:val="00C53566"/>
+    <w:rsid w:val="00C54B19"/>
+    <w:rsid w:val="00C61BC1"/>
+    <w:rsid w:val="00C64164"/>
+    <w:rsid w:val="00C678F9"/>
+    <w:rsid w:val="00C85A0C"/>
+    <w:rsid w:val="00C86C9E"/>
+    <w:rsid w:val="00C91352"/>
     <w:rsid w:val="00C955A3"/>
+    <w:rsid w:val="00C962A5"/>
+    <w:rsid w:val="00CA48D3"/>
+    <w:rsid w:val="00CB24FA"/>
+    <w:rsid w:val="00CB43DD"/>
+    <w:rsid w:val="00CB76C6"/>
+    <w:rsid w:val="00CC12EF"/>
+    <w:rsid w:val="00CC2CEB"/>
+    <w:rsid w:val="00CC5A57"/>
+    <w:rsid w:val="00CC6314"/>
+    <w:rsid w:val="00CD264E"/>
+    <w:rsid w:val="00CD2711"/>
+    <w:rsid w:val="00CD2765"/>
+    <w:rsid w:val="00CD7255"/>
+    <w:rsid w:val="00CD726E"/>
+    <w:rsid w:val="00CD7DF8"/>
+    <w:rsid w:val="00CE03A0"/>
+    <w:rsid w:val="00CE4756"/>
+    <w:rsid w:val="00CE6D9D"/>
+    <w:rsid w:val="00CE7674"/>
+    <w:rsid w:val="00CE78D0"/>
+    <w:rsid w:val="00CF06DB"/>
+    <w:rsid w:val="00CF3D99"/>
+    <w:rsid w:val="00CF6AB2"/>
     <w:rsid w:val="00D13D63"/>
+    <w:rsid w:val="00D16D1C"/>
+    <w:rsid w:val="00D256BD"/>
+    <w:rsid w:val="00D269FD"/>
+    <w:rsid w:val="00D42EDD"/>
+    <w:rsid w:val="00D45E7F"/>
+    <w:rsid w:val="00D606D6"/>
+    <w:rsid w:val="00D6770E"/>
+    <w:rsid w:val="00D73DA7"/>
     <w:rsid w:val="00D77EF1"/>
+    <w:rsid w:val="00D86B2A"/>
+    <w:rsid w:val="00DA5221"/>
+    <w:rsid w:val="00DB4D1D"/>
+    <w:rsid w:val="00DC4830"/>
+    <w:rsid w:val="00DC7ED5"/>
+    <w:rsid w:val="00DD11E3"/>
+    <w:rsid w:val="00DD5BBC"/>
+    <w:rsid w:val="00DE2176"/>
+    <w:rsid w:val="00DE58B2"/>
+    <w:rsid w:val="00DE6661"/>
+    <w:rsid w:val="00DE79E1"/>
+    <w:rsid w:val="00DF322B"/>
+    <w:rsid w:val="00DF3FEC"/>
     <w:rsid w:val="00DF42D4"/>
+    <w:rsid w:val="00E03E04"/>
+    <w:rsid w:val="00E10D8E"/>
+    <w:rsid w:val="00E11AA7"/>
     <w:rsid w:val="00E14959"/>
+    <w:rsid w:val="00E1615E"/>
+    <w:rsid w:val="00E17D0D"/>
+    <w:rsid w:val="00E23CE4"/>
+    <w:rsid w:val="00E25765"/>
+    <w:rsid w:val="00E31BC9"/>
+    <w:rsid w:val="00E473AD"/>
+    <w:rsid w:val="00E503A2"/>
     <w:rsid w:val="00E52CD0"/>
+    <w:rsid w:val="00E55CF2"/>
+    <w:rsid w:val="00E627A4"/>
+    <w:rsid w:val="00E638AC"/>
+    <w:rsid w:val="00E661EF"/>
+    <w:rsid w:val="00E72262"/>
+    <w:rsid w:val="00E73E2D"/>
+    <w:rsid w:val="00E74D46"/>
+    <w:rsid w:val="00E74F81"/>
+    <w:rsid w:val="00E81F44"/>
+    <w:rsid w:val="00E82F3C"/>
+    <w:rsid w:val="00E900E0"/>
+    <w:rsid w:val="00E9285E"/>
+    <w:rsid w:val="00E940F8"/>
+    <w:rsid w:val="00EA3F36"/>
     <w:rsid w:val="00EB7BAE"/>
+    <w:rsid w:val="00EC6508"/>
+    <w:rsid w:val="00EC7F4B"/>
+    <w:rsid w:val="00ED35C8"/>
+    <w:rsid w:val="00ED40B2"/>
+    <w:rsid w:val="00ED41CF"/>
+    <w:rsid w:val="00ED6518"/>
+    <w:rsid w:val="00ED7CFF"/>
+    <w:rsid w:val="00EE24C4"/>
+    <w:rsid w:val="00EE4E1B"/>
     <w:rsid w:val="00EE6636"/>
+    <w:rsid w:val="00EF03D4"/>
+    <w:rsid w:val="00EF3CC3"/>
+    <w:rsid w:val="00EF7627"/>
+    <w:rsid w:val="00F00EF3"/>
+    <w:rsid w:val="00F0206E"/>
+    <w:rsid w:val="00F072EA"/>
     <w:rsid w:val="00F24694"/>
+    <w:rsid w:val="00F25491"/>
     <w:rsid w:val="00F341AC"/>
+    <w:rsid w:val="00F3691C"/>
+    <w:rsid w:val="00F44DD5"/>
+    <w:rsid w:val="00F47A55"/>
+    <w:rsid w:val="00F50F76"/>
     <w:rsid w:val="00F63345"/>
+    <w:rsid w:val="00F64302"/>
     <w:rsid w:val="00F64382"/>
+    <w:rsid w:val="00F647C9"/>
+    <w:rsid w:val="00F71A73"/>
+    <w:rsid w:val="00F71BCE"/>
+    <w:rsid w:val="00F757CA"/>
+    <w:rsid w:val="00F764B6"/>
+    <w:rsid w:val="00F8651C"/>
+    <w:rsid w:val="00F91E68"/>
+    <w:rsid w:val="00F96402"/>
+    <w:rsid w:val="00FA1470"/>
+    <w:rsid w:val="00FA3515"/>
+    <w:rsid w:val="00FA578B"/>
+    <w:rsid w:val="00FB02A7"/>
     <w:rsid w:val="00FB2915"/>
+    <w:rsid w:val="00FC1100"/>
     <w:rsid w:val="00FC5194"/>
     <w:rsid w:val="00FC5D32"/>
+    <w:rsid w:val="00FC6907"/>
+    <w:rsid w:val="00FE62F3"/>
+    <w:rsid w:val="00FF0128"/>
+    <w:rsid w:val="00FF1471"/>
     <w:rsid w:val="00FF1BEE"/>
+    <w:rsid w:val="00FF273A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="25A4C9BE"/>
@@ -4875,102 +16168,101 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00A310B7"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
     <w:link w:val="Nadpis1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="004457E6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
     <w:link w:val="Nadpis2Char"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="004457E6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
     <w:link w:val="Nadpis3Char"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="004457E6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
     <w:link w:val="Nadpis4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
@@ -5120,65 +16412,63 @@
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezseznamu">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nadpis1Char">
     <w:name w:val="Nadpis 1 Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:link w:val="Nadpis1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004457E6"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nadpis2Char">
     <w:name w:val="Nadpis 2 Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:link w:val="Nadpis2"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:rsid w:val="004457E6"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nadpis3Char">
     <w:name w:val="Nadpis 3 Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:link w:val="Nadpis3"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:rsid w:val="004457E6"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nadpis4Char">
     <w:name w:val="Nadpis 4 Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:link w:val="Nadpis4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="004457E6"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nadpis5Char">
     <w:name w:val="Nadpis 5 Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
@@ -5436,62 +16726,85 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007B794C"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Zpat">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normln"/>
     <w:link w:val="ZpatChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007B794C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ZpatChar">
     <w:name w:val="Zápatí Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:link w:val="Zpat"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007B794C"/>
   </w:style>
+  <w:style w:type="character" w:styleId="Hypertextovodkaz">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C61BC1"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Nevyeenzmnka">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D6770E"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.obecuctuje.cz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mfcr.cz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mfcr.cz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Kancelář">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5715,71 +17028,71 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>7055</Characters>
+  <Pages>9</Pages>
+  <Words>3469</Words>
+  <Characters>18492</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>133</Lines>
-  <Paragraphs>77</Paragraphs>
+  <Lines>342</Lines>
+  <Paragraphs>196</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8255</CharactersWithSpaces>
+  <CharactersWithSpaces>21765</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ivana Schneiderová</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>